--- v0 (2025-12-16)
+++ v1 (2026-02-27)
@@ -3,127 +3,119 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4"/>
-    <w:p w:rsidR="00A00AB3" w:rsidRPr="00E71129" w:rsidRDefault="00E71129" w:rsidP="00BD452D">
+    <w:p w14:paraId="3F62506B" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4"/>
+    <w:p w14:paraId="39B3EB98" w14:textId="77777777" w:rsidR="00400AAD" w:rsidRPr="00E71129" w:rsidRDefault="00E71129" w:rsidP="00BD452D">
       <w:pPr>
         <w:pStyle w:val="Chapterunnumbered"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="56"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71129">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="56"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Questionnaire Doctoral Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71129" w:rsidRDefault="00050D53" w:rsidP="00E71129">
+    <w:p w14:paraId="4661EE13" w14:textId="77777777" w:rsidR="00E71129" w:rsidRDefault="00050D53" w:rsidP="00E71129">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">In its doctoral degree programs, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty of Economics and Business </w:t>
       </w:r>
       <w:r w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Administration aims at developing the research competences and skills that PhD </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>students</w:t>
       </w:r>
       <w:r w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">need in becoming a researcher. </w:t>
+        <w:t xml:space="preserve"> need in becoming a researcher. </w:t>
       </w:r>
       <w:r w:rsidR="00E71129" w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>With th</w:t>
       </w:r>
       <w:r w:rsidR="00033FFC">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00E71129" w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> questionnaire we want to know to w</w:t>
       </w:r>
@@ -202,51 +194,51 @@
       <w:r w:rsidR="00E71129">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> competences during </w:t>
       </w:r>
       <w:r w:rsidR="00033FFC">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>his/her</w:t>
       </w:r>
       <w:r w:rsidR="00E71129">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> doctoral studies. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71129" w:rsidRPr="00050D53" w:rsidRDefault="00E71129" w:rsidP="00E71129">
+    <w:p w14:paraId="35F73029" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="00050D53" w:rsidRDefault="00E71129" w:rsidP="00E71129">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please complete this questionnaire as honest</w:t>
       </w:r>
       <w:r w:rsidR="00050D53" w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
       <w:r w:rsidRPr="00050D53">
@@ -273,3347 +265,1583 @@
         </w:rPr>
         <w:t>judgment gives us important insight</w:t>
       </w:r>
       <w:r w:rsidR="00050D53" w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> into </w:t>
       </w:r>
       <w:r w:rsidR="00050D53" w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> students. The questionnaire results will not be used during the assessment of the PhD student.</w:t>
+        <w:t>the effectiveness and the quality of our guidance process of PhD students. The questionnaire results will not be used during the assessment of the PhD student.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71129" w:rsidRPr="005D5A24" w:rsidRDefault="00E71129" w:rsidP="00E71129">
+    <w:p w14:paraId="66FF65E4" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="005D5A24" w:rsidRDefault="00E71129" w:rsidP="00E71129">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send this document to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="005D5A24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
             <w:sz w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>phd.eb@ugent.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71129" w:rsidRPr="005D5A24" w:rsidRDefault="00E71129" w:rsidP="00E71129">
+    <w:p w14:paraId="6EF4C33A" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="005D5A24" w:rsidRDefault="00E71129" w:rsidP="00E71129">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="7219"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E71129" w:rsidTr="00F61454">
+      <w:tr w:rsidR="00E71129" w14:paraId="43CAF483" w14:textId="77777777" w:rsidTr="00F61454">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E71129" w:rsidRPr="00CA1633" w:rsidRDefault="00E71129" w:rsidP="00F61454">
+          <w:p w14:paraId="3EF27B63" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="00CA1633" w:rsidRDefault="00E71129" w:rsidP="00F61454">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1633">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Na</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>me PhD student:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7219" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E71129" w:rsidRPr="00723BC9" w:rsidRDefault="00E71129" w:rsidP="00F61454">
+          <w:p w14:paraId="77744D6B" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="00723BC9" w:rsidRDefault="00E71129" w:rsidP="00F61454">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71129" w:rsidTr="00F61454">
+      <w:tr w:rsidR="00E71129" w14:paraId="64043D0D" w14:textId="77777777" w:rsidTr="00F61454">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E71129" w:rsidRPr="00CA1633" w:rsidRDefault="00E71129" w:rsidP="00F61454">
+          <w:p w14:paraId="5C131C21" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="00CA1633" w:rsidRDefault="00E71129" w:rsidP="00F61454">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1633">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>e:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7219" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E71129" w:rsidRPr="00723BC9" w:rsidRDefault="00E71129" w:rsidP="00F61454">
+          <w:p w14:paraId="642B1652" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="00723BC9" w:rsidRDefault="00E71129" w:rsidP="00F61454">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E71129" w:rsidRDefault="00E71129" w:rsidP="00E71129"/>
-    <w:p w:rsidR="00E71129" w:rsidRDefault="00E71129" w:rsidP="00E71129">
+    <w:p w14:paraId="11A6FFD4" w14:textId="77777777" w:rsidR="00E71129" w:rsidRDefault="00E71129" w:rsidP="00E71129"/>
+    <w:p w14:paraId="4EB13544" w14:textId="77777777" w:rsidR="00E71129" w:rsidRDefault="00E71129" w:rsidP="00E71129">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2D46">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For each statement, c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>heck the column that you think most applies to the PhD student.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71129" w:rsidRPr="00033FFC" w:rsidRDefault="00E71129" w:rsidP="00E71129">
+    <w:p w14:paraId="7F5555F4" w14:textId="77777777" w:rsidR="00E71129" w:rsidRPr="00033FFC" w:rsidRDefault="00E71129" w:rsidP="00E71129">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033FFC">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Statements with an </w:t>
       </w:r>
       <w:r w:rsidR="00033FFC" w:rsidRPr="00033FFC">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>asterisk</w:t>
       </w:r>
       <w:r w:rsidRPr="00033FFC">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are mainly assessed by the supervisor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD452D" w:rsidRPr="00050D53" w:rsidRDefault="00BD452D">
+    <w:p w14:paraId="07CF7332" w14:textId="77777777" w:rsidR="00BD452D" w:rsidRPr="00050D53" w:rsidRDefault="00BD452D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00932036" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="00932036" w14:paraId="30A86C07" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="00050D53" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="3C82FAE3" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="00050D53" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="07DFB960" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Not</w:t>
+              <w:t>Not applicable</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D6A62">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD7425C" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>applicable</w:t>
+              <w:t>Disagree</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="59199CE3" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Disagree</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Agree to a limited extent</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="46A485A9" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...24 lines deleted...]
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Agree</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="000A7D18" w:rsidRPr="00400AAD" w14:paraId="6351B692" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="00932036" w:rsidP="00A919EB">
+          <w:p w14:paraId="484514E5" w14:textId="2CF7CE6B" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00A919EB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050D53">
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>The PhD student is an expert in the area of his/her research project.</w:t>
+              <w:t>The PhD student has advanced knowledge in one or more disciplines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="1D3F728E" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="261A7180" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="5F811304" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="75C36049" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="000A7D18" w:rsidRPr="00400AAD" w14:paraId="7A064A37" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="00275A8B" w:rsidP="006265D1">
+          <w:p w14:paraId="50D5E82A" w14:textId="18DD3142" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="006265D1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00275A8B">
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">The knowledge </w:t>
+              <w:t>The PhD student is able to design and conduct their own research based on the knowledge they have about recent developments in their field.</w:t>
             </w:r>
-            <w:r w:rsidR="00050D53">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39386707" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D5543B" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0D295B" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F884AB" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A7D18" w:rsidRPr="00400AAD" w14:paraId="299072F7" w14:textId="77777777" w:rsidTr="00A919EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5A25BA" w14:textId="4F564A62" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00A919EB">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
               </w:rPr>
-              <w:t>of</w:t>
+              <w:t>The PhD student is able to write research in articles that can be published in scientific international journals with reading committee.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00275A8B">
-[...48 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="43663340" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="42C9008E" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="34272D6A" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="5E060F93" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="000A7D18">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="002057F4" w:rsidRPr="006A7508" w14:paraId="4ACF61A1" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00050D53" w:rsidRDefault="006265D1" w:rsidP="00A919EB">
-[...74 lines deleted...]
-          <w:p w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="006E1A9C" w:rsidP="00A919EB">
+          <w:p w14:paraId="25972B2C" w14:textId="13CA90EB" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00A919EB">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050D53">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-              <w:t>The PhD student is up-to-date with current discussions and new developments in his/her field.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The PhD students applies the current deontological requirements of scientific integrity, legislation and ethical guidelines in research as described in the Faculty Research Cod</w:t>
             </w:r>
+            <w:r w:rsidR="00400AAD">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Ethics.*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+          <w:p w14:paraId="33600EBA" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+          <w:p w14:paraId="0721C3F3" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+          <w:p w14:paraId="3566F49B" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+          <w:p w14:paraId="49C2A20B" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="002057F4" w:rsidRPr="00400AAD" w14:paraId="27ACBE36" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="006E1A9C" w:rsidP="00A919EB">
+          <w:p w14:paraId="10E12AF8" w14:textId="138AF35E" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00A919EB">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050D53">
-[...238 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>The PhD student can analyze and solve complex problems that arise during their research.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="293A1887" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CBC1DE" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D93ECA" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="344A7665" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002057F4" w:rsidRPr="00400AAD" w14:paraId="05D3F8ED" w14:textId="77777777" w:rsidTr="00A919EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2909D5F7" w14:textId="5A6421FE" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00A919EB">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-              <w:t>The PhD student</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The PhD student responds critically and without bias to the research results and/or questions of others.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00034307">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00034307">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79622EFB" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B1539C" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE16E67" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32551A05" w14:textId="77777777" w:rsidR="002057F4" w:rsidRPr="00050D53" w:rsidRDefault="002057F4" w:rsidP="002057F4">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825D11" w:rsidRPr="00400AAD" w14:paraId="4305050A" w14:textId="77777777" w:rsidTr="00A919EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30015E09" w14:textId="406EC407" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00A919EB">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Their academic writing about their research is clear and well-structured for a target audience of experts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
+          <w:p w14:paraId="3F81531D" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
+          <w:p w14:paraId="5F5E6330" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
+          <w:p w14:paraId="4310189B" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
+          <w:p w14:paraId="5B8CC8ED" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="002057F4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="00825D11" w:rsidRPr="00400AAD" w14:paraId="5CDA9AD4" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00034307" w:rsidP="00825D11">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="329F1B6A" w14:textId="5601AAB8" w:rsidR="00825D11" w:rsidRPr="006A7508" w:rsidRDefault="006A7508" w:rsidP="00825D11">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050D53">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
-[...1 lines deleted...]
-              <w:t>The PhD student can articulate the benefits and limitations of his/her research in the context of his/her discipline.</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Their academic writing about their research is clear and well-structured for a target audience of non-experts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
+          <w:p w14:paraId="1CEB6FA0" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
+          <w:p w14:paraId="0F2616DC" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
+          <w:p w14:paraId="43479F35" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
+          <w:p w14:paraId="2DB39151" w14:textId="77777777" w:rsidR="00825D11" w:rsidRPr="00050D53" w:rsidRDefault="00825D11" w:rsidP="00825D11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3A1B" w:rsidRDefault="001C3A1B"/>
+    <w:p w14:paraId="49729F04" w14:textId="77777777" w:rsidR="001C3A1B" w:rsidRPr="006A7508" w:rsidRDefault="001C3A1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00932036" w:rsidTr="00C777B8">
+      <w:tr w:rsidR="00932036" w14:paraId="11CDFAD4" w14:textId="77777777" w:rsidTr="00C777B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="00034307" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="4D4B3ACA" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="00034307" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="5A1B2528" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Not</w:t>
+              <w:t>Not applicable</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D6A62">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6D5E33" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>applicable</w:t>
+              <w:t>Disagree</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="24C3AF3C" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Disagree</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Agree to a limited extent</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+          <w:p w14:paraId="02264912" w14:textId="77777777" w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>Agree to a limited extent</w:t>
+              </w:rPr>
+              <w:t>Agree</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00932036" w:rsidRPr="002D6A62" w:rsidRDefault="00932036" w:rsidP="00932036">
+      </w:tr>
+      <w:tr w:rsidR="001C3A1B" w:rsidRPr="00400AAD" w14:paraId="65F2E282" w14:textId="77777777" w:rsidTr="001C3A1B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="261C4ED7" w14:textId="07AC658C" w:rsidR="001C3A1B" w:rsidRPr="00034307" w:rsidRDefault="006A7508" w:rsidP="00932036">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The PhD student is able to engage an audience of students, colleagues or stakeholders with a coherent and inspiring talk.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="270964F3" w14:textId="77777777" w:rsidR="001C3A1B" w:rsidRPr="001C3A1B" w:rsidRDefault="001C3A1B" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D6A62">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7285C3" w14:textId="77777777" w:rsidR="001C3A1B" w:rsidRPr="001C3A1B" w:rsidRDefault="001C3A1B" w:rsidP="00932036">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...59 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3A1B" w:rsidRPr="001C3A1B" w:rsidRDefault="001C3A1B" w:rsidP="00932036">
+          <w:p w14:paraId="7A824840" w14:textId="77777777" w:rsidR="001C3A1B" w:rsidRPr="002D6A62" w:rsidRDefault="001C3A1B" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3A1B" w:rsidRPr="001C3A1B" w:rsidRDefault="001C3A1B" w:rsidP="00932036">
+          <w:p w14:paraId="731ACB37" w14:textId="77777777" w:rsidR="001C3A1B" w:rsidRPr="001C3A1B" w:rsidRDefault="001C3A1B" w:rsidP="00932036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="00C777B8" w:rsidRPr="00400AAD" w14:paraId="2B39FDC2" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00034307" w:rsidP="00C777B8">
+          <w:p w14:paraId="31E873DD" w14:textId="5D2692D5" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="006A7508" w:rsidP="00C777B8">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00034307">
-[...118 lines deleted...]
-            <w:r w:rsidRPr="00034307">
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>*</w:t>
+              <w:t>The PhD student can find the right approach to communicate their research in non-academic contexts (media, companies, government, education,…).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="3DB1A892" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="639CC739" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="1093BBEA" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="0E9CAA32" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="00C777B8" w:rsidRPr="00400AAD" w14:paraId="2696681D" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00034307" w:rsidP="00C777B8">
+          <w:p w14:paraId="6AC8BACA" w14:textId="31C6556F" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="006A7508" w:rsidP="00C777B8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00034307">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-              <w:t>The PhD student</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The PhD student sees opportunities to apply their research outside of a university context.*</w:t>
             </w:r>
-            <w:r w:rsidR="006E1A9C" w:rsidRPr="00034307">
-[...78 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="31B2C3E1" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="3211692E" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="60FCC667" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="5C543C33" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00034307" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidTr="00A919EB">
+      <w:tr w:rsidR="00C777B8" w:rsidRPr="00400AAD" w14:paraId="6BCFB30A" w14:textId="77777777" w:rsidTr="00A919EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidRDefault="00034307" w:rsidP="00C777B8">
+          <w:p w14:paraId="7324F67A" w14:textId="211CF3B2" w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidRDefault="006A7508" w:rsidP="00C777B8">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050D53">
-[...239 lines deleted...]
-              <w:contextualSpacing/>
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">The PhD student </w:t>
+              <w:t>The PhD student is familiar with the international networks and colleagues that play a key role in their discipline(s).*</w:t>
             </w:r>
-            <w:r w:rsidR="006E1A9C" w:rsidRPr="001777BF">
-[...36 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="006E1A9C" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="6C108D45" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="006E1A9C" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="52088015" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="006E1A9C" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="2B2694C0" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C777B8" w:rsidRPr="006E1A9C" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
-[...1004 lines deleted...]
-          <w:p w:rsidR="00C777B8" w:rsidRPr="006E1A9C" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
+          <w:p w14:paraId="02254B8B" w14:textId="77777777" w:rsidR="00C777B8" w:rsidRPr="00050D53" w:rsidRDefault="00C777B8" w:rsidP="00C777B8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00292EFE" w:rsidRPr="006E1A9C" w:rsidRDefault="00292EFE">
+    <w:p w14:paraId="19F22A44" w14:textId="77777777" w:rsidR="00292EFE" w:rsidRPr="006E1A9C" w:rsidRDefault="00292EFE">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00292EFE" w:rsidRPr="006E1A9C" w:rsidSect="00A24EA4">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="680" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="4F2A7887" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="685ABFF2" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3624,100 +1852,100 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="UGent Panno Text">
     <w:panose1 w:val="02000506040000040003"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000206B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00817413" w:rsidRPr="00E71129" w:rsidRDefault="00A24EA4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="504334D3" w14:textId="77777777" w:rsidR="00817413" w:rsidRPr="00E71129" w:rsidRDefault="00A24EA4">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A4FE886" wp14:editId="36981D58">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-3043</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-268859</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="797550" cy="638175"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -3807,53 +2035,53 @@
         <w:sz w:val="16"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00817413" w:rsidRPr="00E71129">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>PAG</w:t>
     </w:r>
     <w:r w:rsidR="00E71129" w:rsidRPr="00E71129">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A24EA4" w:rsidRPr="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00817413">
+  <w:p w14:paraId="3D4E7239" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRPr="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00817413">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00E71129">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:sz w:val="16"/>
       </w:rPr>
@@ -3886,87 +2114,87 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E71129" w:rsidRPr="00E71129">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>of</w:t>
     </w:r>
     <w:r w:rsidR="00817413" w:rsidRPr="00E71129">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="5644C5AD" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="366CC879" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39DC4C62" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4">
     <w:pPr>
-      <w:pStyle w:val="Koptekst"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="214454DE" wp14:editId="55787C93">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>521208</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-360744</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3057525" cy="1019175"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="icoon_UGent_EB_NL_RGB_2400_kleur"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -3982,51 +2210,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3057525" cy="1019175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DC3576"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04AA541C"/>
     <w:lvl w:ilvl="0" w:tplc="E730CE82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4305,101 +2533,101 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12E8783A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BBC2F44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Kop1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Kop2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Kop4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
@@ -5256,226 +3484,230 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="988441070">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="364477996">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="924193248">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1559631804">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1441798121">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1308120998">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1502938034">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="953054803">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1123573331">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1264075801">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="369451385">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1917593259">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="226454621">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="772549672">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="973481719">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD452D"/>
     <w:rsid w:val="00033FFC"/>
     <w:rsid w:val="00034307"/>
     <w:rsid w:val="00050D53"/>
     <w:rsid w:val="000A7D18"/>
     <w:rsid w:val="000E3ACB"/>
     <w:rsid w:val="000E68EC"/>
     <w:rsid w:val="00175402"/>
     <w:rsid w:val="001A3251"/>
     <w:rsid w:val="001C37C4"/>
     <w:rsid w:val="001C3A1B"/>
     <w:rsid w:val="00203EBF"/>
     <w:rsid w:val="002057F4"/>
     <w:rsid w:val="002555A9"/>
     <w:rsid w:val="002629E5"/>
     <w:rsid w:val="00275A8B"/>
     <w:rsid w:val="00292EFE"/>
+    <w:rsid w:val="00400AAD"/>
     <w:rsid w:val="004D7586"/>
     <w:rsid w:val="004F055B"/>
     <w:rsid w:val="00571FA3"/>
     <w:rsid w:val="005C4E18"/>
     <w:rsid w:val="006265D1"/>
+    <w:rsid w:val="006720CE"/>
     <w:rsid w:val="00691B57"/>
+    <w:rsid w:val="006A7508"/>
     <w:rsid w:val="006E1A9C"/>
     <w:rsid w:val="00723BC9"/>
     <w:rsid w:val="00751E70"/>
     <w:rsid w:val="007B0864"/>
+    <w:rsid w:val="007E038B"/>
     <w:rsid w:val="00817413"/>
     <w:rsid w:val="00825147"/>
     <w:rsid w:val="00825D11"/>
+    <w:rsid w:val="008B5626"/>
     <w:rsid w:val="00932036"/>
     <w:rsid w:val="00A10926"/>
     <w:rsid w:val="00A24EA4"/>
     <w:rsid w:val="00A919EB"/>
     <w:rsid w:val="00AE5874"/>
     <w:rsid w:val="00AF59D3"/>
     <w:rsid w:val="00B23B4B"/>
     <w:rsid w:val="00B94DF5"/>
     <w:rsid w:val="00BA00FB"/>
     <w:rsid w:val="00BD452D"/>
     <w:rsid w:val="00BD63FB"/>
     <w:rsid w:val="00C65354"/>
     <w:rsid w:val="00C67FE7"/>
     <w:rsid w:val="00C777B8"/>
     <w:rsid w:val="00CA1633"/>
     <w:rsid w:val="00CA744B"/>
     <w:rsid w:val="00CC378F"/>
     <w:rsid w:val="00DC31CA"/>
     <w:rsid w:val="00DE3ED1"/>
     <w:rsid w:val="00E71129"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rsid w:val="00F03864"/>
     <w:rsid w:val="00F1604B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3512B880"/>
+  <w14:docId w14:val="1D67910A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{34DCB71F-CC20-42D0-89C2-A1F18F2395CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5807,920 +4039,921 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="_Chapter"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop1Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="440" w:line="400" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="_Paragraph"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop2Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:after="200" w:line="360" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop3Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DE3ED1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="40" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="_Sub-subparagraph"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop4Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Addressing">
     <w:name w:val="_Addressing"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="1804"/>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Appendixitem">
     <w:name w:val="_Appendix item"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="12"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
-    <w:name w:val="Kop 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="_Chapter Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Kop1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Chapterunnumbered">
     <w:name w:val="_Chapter unnumbered"/>
-    <w:basedOn w:val="Kop1"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AppendixTOCheading">
     <w:name w:val="_Appendix/TOC heading"/>
     <w:basedOn w:val="Chapterunnumbered"/>
-    <w:next w:val="Standaard"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="400" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dashes">
     <w:name w:val="_Dashes"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="284"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dashesdoubleindented">
     <w:name w:val="_Dashes double indented"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dashesindented">
     <w:name w:val="_Dashes indented"/>
     <w:basedOn w:val="Dashes"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerdata">
     <w:name w:val="_Footer data"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3607" w:y="15735"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referenceheading">
     <w:name w:val="_Reference heading"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerheading">
     <w:name w:val="_Footer heading"/>
     <w:basedOn w:val="Referenceheading"/>
-    <w:next w:val="Standaard"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3607" w:y="15735"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hiddentext">
     <w:name w:val="_Hidden text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="1804"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Linefullwidth">
     <w:name w:val="_Line full width"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NameL1">
     <w:name w:val="_Name L1"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="7820"/>
       <w:suppressOverlap/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NameL2">
     <w:name w:val="_Name L2"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbers">
     <w:name w:val="_Numbers"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersdoubleindented">
     <w:name w:val="_Numbers double indented"/>
     <w:basedOn w:val="Numbers"/>
     <w:uiPriority w:val="6"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersindented">
     <w:name w:val="_Numbers indented"/>
     <w:basedOn w:val="Numbers"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Reference">
     <w:name w:val="_Reference"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Referenceheading"/>
     <w:uiPriority w:val="23"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="2411"/>
       <w:spacing w:after="280"/>
       <w:suppressOverlap/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencies">
     <w:name w:val="_Referencies"/>
     <w:basedOn w:val="Chapterunnumbered"/>
-    <w:next w:val="Standaard"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Supplementarytext">
     <w:name w:val="_Supplementary text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="320" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballontekst">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="BallontekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballontekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Eindnootmarkering">
+  <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Eindnoottekst">
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="EindnoottekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="28"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="28"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EindnoottekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Eindnoottekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
       <w:spacing w:after="140" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
       <w:spacing w:after="140" w:line="280" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
-    <w:name w:val="Kop 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="_Paragraph Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Kop2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DE3ED1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
-    <w:name w:val="Kop 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="_Sub-subparagraph Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Kop4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Koptekst">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="KoptekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Koptekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normaalweb">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ondertitel">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:aliases w:val="_Subtitle"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="OndertitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="18"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="284"/>
       </w:tabs>
       <w:spacing w:line="600" w:lineRule="exact"/>
       <w:ind w:left="567" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
-    <w:name w:val="Ondertitel Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
     <w:aliases w:val="_Subtitle Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Ondertitel"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="18"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelraster">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Standaardtabel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:aliases w:val="_Title"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="TitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="17"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="800" w:lineRule="exact"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="56"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
-    <w:name w:val="Titel Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
     <w:aliases w:val="_Title Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Titel"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="17"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="56"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Voetnootmarkering">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voetnoottekst">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoetnoottekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="14"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voetnoottekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voettekst">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoettekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voettekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phd.eb@ugent.be?subject=beoordeling%20doctoraatsopleiding" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -6960,76 +5193,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>581</Words>
-  <Characters>3200</Characters>
+  <Words>397</Words>
+  <Characters>2184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UGent</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3774</CharactersWithSpaces>
+  <CharactersWithSpaces>2576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nina Hovaert</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>