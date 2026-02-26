--- v0 (2025-12-15)
+++ v1 (2026-02-26)
@@ -3,92 +3,92 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4"/>
-    <w:p w:rsidR="00A00AB3" w:rsidRPr="005D5A24" w:rsidRDefault="005D5A24" w:rsidP="00BD452D">
+    <w:p w14:paraId="77A6971E" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4"/>
+    <w:p w14:paraId="4D003EC0" w14:textId="77777777" w:rsidR="006126E6" w:rsidRPr="005D5A24" w:rsidRDefault="005D5A24" w:rsidP="00BD452D">
       <w:pPr>
         <w:pStyle w:val="Chapterunnumbered"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Questionnaire</w:t>
       </w:r>
       <w:r w:rsidR="006240D3" w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Doctoral Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D5A24" w:rsidRDefault="00D77134" w:rsidP="00BD452D">
+    <w:p w14:paraId="1D743879" w14:textId="77777777" w:rsidR="005D5A24" w:rsidRDefault="00D77134" w:rsidP="00BD452D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00050D53">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">In its doctoral degree programs, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty of Economics and Business </w:t>
       </w:r>
       <w:r w:rsidRPr="00050D53">
@@ -142,51 +142,51 @@
       <w:r w:rsidR="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">hat extent you think you have acquired </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sufficient</w:t>
       </w:r>
       <w:r w:rsidR="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> competences during your doctoral studies. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D5A24" w:rsidRPr="00D77134" w:rsidRDefault="005D5A24" w:rsidP="00BD452D">
+    <w:p w14:paraId="0EA742F1" w14:textId="77777777" w:rsidR="005D5A24" w:rsidRPr="00D77134" w:rsidRDefault="005D5A24" w:rsidP="00BD452D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please complete this questionnaire a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s honest</w:t>
       </w:r>
       <w:r w:rsidR="00D77134">
@@ -224,2566 +224,1912 @@
       <w:r w:rsidR="00D77134" w:rsidRPr="00D77134">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">effectiveness and the quality of our guidance process of </w:t>
       </w:r>
       <w:r w:rsidR="00D77134">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
       <w:r w:rsidR="00D77134" w:rsidRPr="00D77134">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> students. The questionnaire results  will not be used in your assessment by the exam commission.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C22A3" w:rsidRPr="005D5A24" w:rsidRDefault="005D5A24" w:rsidP="00BD452D">
+    <w:p w14:paraId="41BFC7E1" w14:textId="77777777" w:rsidR="006C22A3" w:rsidRPr="005D5A24" w:rsidRDefault="005D5A24" w:rsidP="00BD452D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send this document to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="006C22A3" w:rsidRPr="005D5A24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
             <w:sz w:val="22"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>phd.eb@ugent.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C22A3" w:rsidRPr="005D5A24">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD452D" w:rsidRPr="005D5A24" w:rsidRDefault="00BD452D">
+    <w:p w14:paraId="7563E2A5" w14:textId="77777777" w:rsidR="00BD452D" w:rsidRPr="005D5A24" w:rsidRDefault="00BD452D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="7219"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0049513C" w:rsidTr="005D5A24">
+      <w:tr w:rsidR="0049513C" w14:paraId="6E986AC8" w14:textId="77777777" w:rsidTr="005D5A24">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0049513C" w:rsidRPr="00CA1633" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
+          <w:p w14:paraId="13FAC0F7" w14:textId="77777777" w:rsidR="0049513C" w:rsidRPr="00CA1633" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1633">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Na</w:t>
             </w:r>
             <w:r w:rsidR="005D5A24">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>me PhD student</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7219" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0049513C" w:rsidRPr="00723BC9" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
+          <w:p w14:paraId="15C9824C" w14:textId="77777777" w:rsidR="0049513C" w:rsidRPr="00723BC9" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049513C" w:rsidTr="005D5A24">
+      <w:tr w:rsidR="0049513C" w14:paraId="46E45673" w14:textId="77777777" w:rsidTr="005D5A24">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0049513C" w:rsidRPr="00CA1633" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
+          <w:p w14:paraId="68457E4E" w14:textId="77777777" w:rsidR="0049513C" w:rsidRPr="00CA1633" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1633">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="005D5A24">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7219" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0049513C" w:rsidRPr="00723BC9" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
+          <w:p w14:paraId="4D0B55B8" w14:textId="77777777" w:rsidR="0049513C" w:rsidRPr="00723BC9" w:rsidRDefault="0049513C" w:rsidP="00A426DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD452D" w:rsidRDefault="00BD452D"/>
-    <w:p w:rsidR="00CA744B" w:rsidRPr="00CA2D46" w:rsidRDefault="00CA2D46">
+    <w:p w14:paraId="40D5551D" w14:textId="77777777" w:rsidR="00BD452D" w:rsidRDefault="00BD452D"/>
+    <w:p w14:paraId="532F237C" w14:textId="77777777" w:rsidR="00CA744B" w:rsidRDefault="00CA2D46">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2D46">
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For each statement, c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>heck the column that most applies to you.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD452D" w:rsidRPr="00CA2D46" w:rsidRDefault="00BD452D">
+    <w:p w14:paraId="058D1D65" w14:textId="77777777" w:rsidR="00614F79" w:rsidRDefault="00614F79">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+          <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A7D18" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w14:paraId="053660F0" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="00CA2D46" w:rsidRDefault="000A7D18">
-[...3 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w14:paraId="749986F2" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00CA2D46" w:rsidP="00292EFE">
+          <w:p w14:paraId="40DAF9FC" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Not</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>applicable</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00CA2D46" w:rsidP="00292EFE">
+          <w:p w14:paraId="2BB50CFE" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Disagree</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00BB4EE4" w:rsidP="00292EFE">
+          <w:p w14:paraId="5BC03AF2" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Agree to a limited extent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00CA2D46" w:rsidP="00292EFE">
+          <w:p w14:paraId="78A24B79" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D6A62">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Agree</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A7D18" w:rsidRPr="00D77134" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="122294CA" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="002D6A62" w:rsidP="002555A9">
+          <w:p w14:paraId="123193F5" w14:textId="40D6FF84" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="57"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D6A62">
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>I feel I am an expert in the area of my research project.</w:t>
+              <w:t>I have</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> advanced knowledge in one or more disciplines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="1305DD65" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="630B38CA" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="408E9A10" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="39B93B3E" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A7D18" w:rsidRPr="00D77134" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="56CA3F43" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00D77134" w:rsidP="002555A9">
+          <w:p w14:paraId="53B2C600" w14:textId="23E97116" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D77134">
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
               </w:rPr>
-              <w:t>I am able to integrate the acquired knowledge in my research in a creative way.</w:t>
-[...66 lines deleted...]
-            <w:r w:rsidRPr="002D6A62">
+              <w:t xml:space="preserve">I am </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
               </w:rPr>
-              <w:t>I am familiar with the general research methods in my field and select the right one for my kind of work.</w:t>
+              <w:t xml:space="preserve">able to design and conduct </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">my </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">own research based on the knowledge </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have about recent developments in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> field.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="0C62C5D2" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="444BB845" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="27E904A3" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="000A7D18">
+          <w:p w14:paraId="3163A553" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC31CA" w:rsidRPr="00D77134" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="6B15F3DB" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="002D6A62" w:rsidRDefault="002D6A62" w:rsidP="002555A9">
+          <w:p w14:paraId="27E9CC93" w14:textId="51FAF72E" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t>I am</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:eastAsia="Times New Roman" w:hAnsi="UGent Panno Text" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> able to write research in articles that can be published in scientific international journals with reading committee.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F59F812" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498EAE1E" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BA9E1A" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4FFFD1" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="13905C66" w14:textId="77777777" w:rsidTr="0033488D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4438FDF0" w14:textId="075579E7" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="57"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-              <w:t>I am up-to-date with current discussions and new developments in my field.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I can apply</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the current deontological requirements of scientific integrity, legislation and ethical guidelines in research as described in the Faculty Research Cod</w:t>
+            </w:r>
+            <w:r w:rsidR="006126E6">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Ethics.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="002D6A62" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="5972B0E2" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="002D6A62" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="1FF8BFFF" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="002D6A62" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="24EA50B6" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="002D6A62" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="4C271D00" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC31CA" w:rsidRPr="00D77134" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="39F8B1D4" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="007A0353" w:rsidRDefault="007A0353" w:rsidP="002555A9">
+          <w:p w14:paraId="24356EE7" w14:textId="55191A94" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="57"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007A0353">
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>I am able to design and conduct my own research based on the knowledge I have about recent developments in my field.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can analyze and solve complex problems that arise during </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="007A0353" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="30EC5016" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="007A0353" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="74C9305C" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="007A0353" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="6551277D" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="007A0353" w:rsidRDefault="00DC31CA" w:rsidP="00DC31CA">
+          <w:p w14:paraId="7564E02A" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC31CA" w:rsidRPr="00D77134" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="5A9D73F9" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC31CA" w:rsidRPr="008C22DC" w:rsidRDefault="008C22DC" w:rsidP="002555A9">
+          <w:p w14:paraId="14CAF48D" w14:textId="0F6830B5" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C22DC">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> respond critically and without bias to the research results and/or questions of others.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4914733A" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30956624" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7C4665" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A5904C" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="315313F6" w14:textId="77777777" w:rsidTr="0033488D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6576F26B" w14:textId="4BF91087" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>My</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> academic writing about </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> research is clear and well-structured for a target audience of experts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3EE058" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3151E8" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61200520" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24718048" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="0E531B19" w14:textId="77777777" w:rsidTr="0033488D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B319AFC" w14:textId="4A743DD6" w:rsidR="00614F79" w:rsidRPr="006A7508" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="nl-BE"/>
-[...1 lines deleted...]
-              <w:t>I am familiar with the different paradigms or approaches that help to address the challenges in my field of research.</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>My</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> academic writing about </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> research is clear and well-structured for a target audience of non-experts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="19138E7D" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4E1C31" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="359C41EB" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46999E1A" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC31CA" w:rsidRPr="00D77134" w:rsidTr="0049513C">
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="10105A76" w14:textId="77777777" w:rsidTr="0033488D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:ind w:left="57"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5052FDD8" w14:textId="3DA9B44D" w:rsidR="00614F79" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-              <w:t>I can articulate the benefits and limitations of my research in the context of my discipline.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I am</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> able to engage an audience of students, colleagues or stakeholders with a coherent and inspiring talk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE13338" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C76A676" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDCE2C4" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
-          </w:tcPr>
-[...282 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF47A9A" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00050D53" w:rsidRDefault="00614F79" w:rsidP="0033488D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0008267C" w:rsidRDefault="0008267C">
+    <w:p w14:paraId="43BE3F91" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00CA2D46" w:rsidRDefault="00614F79">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52711FBE" w14:textId="77777777" w:rsidR="00BD452D" w:rsidRDefault="00BD452D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A0353" w:rsidRPr="007A0353" w:rsidRDefault="007A0353">
+    <w:p w14:paraId="6FA05E6B" w14:textId="77777777" w:rsidR="00614F79" w:rsidRDefault="00614F79">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="6D959C6D" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="00CA2D46" w:rsidRDefault="00614F79">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelraster"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
         <w:gridCol w:w="1346"/>
         <w:gridCol w:w="1347"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00581FDE" w:rsidTr="0008267C">
+      <w:tr w:rsidR="000A7D18" w14:paraId="2A7E7288" w14:textId="77777777" w:rsidTr="0049513C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w:rsidR="00581FDE" w:rsidRPr="007A0353" w:rsidRDefault="00581FDE" w:rsidP="00581FDE">
+          <w:p w14:paraId="58DB91BD" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="00CA2D46" w:rsidRDefault="000A7D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A72F811" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00CA2D46" w:rsidP="00292EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D6A62">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Not</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D6A62">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D6A62">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>applicable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A3A069" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00CA2D46" w:rsidP="00292EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D6A62">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4D95EA" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00BB4EE4" w:rsidP="00292EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6A62">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Agree to a limited extent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7D0D91" w14:textId="77777777" w:rsidR="000A7D18" w:rsidRPr="002D6A62" w:rsidRDefault="00CA2D46" w:rsidP="00292EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D6A62">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="3619384D" w14:textId="77777777" w:rsidTr="0049513C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="098CB568" w14:textId="05706230" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can find the right approach to communicate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">my </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>research in non-academic contexts (media, companies, government, education,…).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7618017D" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FE06C8" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5956EF8F" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77313708" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="1E59BDF3" w14:textId="77777777" w:rsidTr="0049513C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0091A856" w14:textId="201ACB04" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I see</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> opportunities to apply </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> research outside of a university context.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF38DDB" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1096079E" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AEFD8E" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62422386" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614F79" w:rsidRPr="00614F79" w14:paraId="32E244CA" w14:textId="77777777" w:rsidTr="0049513C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D8C6D3" w14:textId="23ED33DE" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
                 <w:bar w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I am</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> familiar with the international networks and colleagues that play a key role in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">my </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A7508">
+              <w:rPr>
+                <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>discipline(s).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E508BA7" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w14:paraId="530A8160" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="55121571" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-[...1099 lines deleted...]
-          <w:p w:rsidR="0008267C" w:rsidRPr="00581FDE" w:rsidRDefault="0008267C" w:rsidP="0008267C">
+          </w:tcPr>
+          <w:p w14:paraId="31CD7A86" w14:textId="77777777" w:rsidR="00614F79" w:rsidRPr="002D6A62" w:rsidRDefault="00614F79" w:rsidP="00614F79">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD452D" w:rsidRPr="00581FDE" w:rsidRDefault="00BD452D">
+    <w:p w14:paraId="008511B1" w14:textId="77777777" w:rsidR="0008267C" w:rsidRDefault="0008267C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00292EFE" w:rsidRPr="00581FDE" w:rsidRDefault="00292EFE">
+    <w:p w14:paraId="0C0458EB" w14:textId="77777777" w:rsidR="007A0353" w:rsidRPr="007A0353" w:rsidRDefault="007A0353">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A0E474" w14:textId="77777777" w:rsidR="00BD452D" w:rsidRPr="00581FDE" w:rsidRDefault="00BD452D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276907D0" w14:textId="77777777" w:rsidR="00292EFE" w:rsidRPr="00581FDE" w:rsidRDefault="00292EFE">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00292EFE" w:rsidRPr="00581FDE" w:rsidSect="00A24EA4">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="680" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="4BA2B6EC" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="704EC150" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2794,99 +2140,99 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="UGent Panno Text">
     <w:panose1 w:val="02000506040000040003"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000206B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A46C45" w:rsidRDefault="00A24EA4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4764E939" w14:textId="77777777" w:rsidR="00A46C45" w:rsidRDefault="00A24EA4">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7853BE28" wp14:editId="3FB2F7D9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-3043</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-268859</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="797550" cy="638175"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -2943,53 +2289,53 @@
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00A46C45">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>PA</w:t>
     </w:r>
     <w:r w:rsidR="00CA2D46">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:caps/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>ge</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A24EA4" w:rsidRPr="00CA2D46" w:rsidRDefault="00A24EA4" w:rsidP="00A46C45">
+  <w:p w14:paraId="05541B29" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRPr="00CA2D46" w:rsidRDefault="00A24EA4" w:rsidP="00A46C45">
     <w:pPr>
-      <w:pStyle w:val="Voettekst"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A24EA4">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A46C45">
       <w:rPr>
@@ -3014,87 +2360,87 @@
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00CA2D46">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>of</w:t>
     </w:r>
     <w:r w:rsidR="00A46C45">
       <w:rPr>
         <w:rFonts w:ascii="UGent Panno Text" w:hAnsi="UGent Panno Text"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="376851DE" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
+    <w:p w14:paraId="44ECA465" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4" w:rsidP="00A24EA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7A113430" w14:textId="77777777" w:rsidR="00A24EA4" w:rsidRDefault="00A24EA4">
     <w:pPr>
-      <w:pStyle w:val="Koptekst"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75CDB441" wp14:editId="6F8910BB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>521208</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-360744</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3057525" cy="1019175"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="icoon_UGent_EB_NL_RGB_2400_kleur"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -3110,51 +2456,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3057525" cy="1019175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DC3576"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04AA541C"/>
     <w:lvl w:ilvl="0" w:tplc="E730CE82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3433,101 +2779,101 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12E8783A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BBC2F44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Kop1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:color w:val="1E64C8"/>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Kop2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Kop4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
@@ -4271,211 +3617,215 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="924655062">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2067143522">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="565144243">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="569850396">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="854268599">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="917713825">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1030108388">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1789886042">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1527328559">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="893272296">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="203179739">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1799253493">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1594819374">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="680741801">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD452D"/>
+    <w:rsid w:val="0006177A"/>
     <w:rsid w:val="0008267C"/>
     <w:rsid w:val="000A7D18"/>
     <w:rsid w:val="001111CF"/>
     <w:rsid w:val="001777BF"/>
     <w:rsid w:val="001C37C4"/>
     <w:rsid w:val="00203EBF"/>
     <w:rsid w:val="002555A9"/>
     <w:rsid w:val="002629E5"/>
     <w:rsid w:val="00292EFE"/>
     <w:rsid w:val="002D6A62"/>
     <w:rsid w:val="0041238E"/>
     <w:rsid w:val="0049513C"/>
     <w:rsid w:val="0053424B"/>
     <w:rsid w:val="00571FA3"/>
     <w:rsid w:val="00581FDE"/>
     <w:rsid w:val="005C4E18"/>
     <w:rsid w:val="005D5A24"/>
+    <w:rsid w:val="006126E6"/>
+    <w:rsid w:val="00614F79"/>
     <w:rsid w:val="006240D3"/>
+    <w:rsid w:val="006720CE"/>
     <w:rsid w:val="00691B57"/>
     <w:rsid w:val="006C22A3"/>
     <w:rsid w:val="007A0353"/>
     <w:rsid w:val="008C22DC"/>
     <w:rsid w:val="00A24EA4"/>
     <w:rsid w:val="00A46C45"/>
     <w:rsid w:val="00B23B4B"/>
     <w:rsid w:val="00B25BFC"/>
     <w:rsid w:val="00B94DF5"/>
     <w:rsid w:val="00BB4EE4"/>
     <w:rsid w:val="00BD452D"/>
     <w:rsid w:val="00C65354"/>
     <w:rsid w:val="00C67FE7"/>
     <w:rsid w:val="00CA2D46"/>
     <w:rsid w:val="00CA744B"/>
     <w:rsid w:val="00D77134"/>
     <w:rsid w:val="00DC31CA"/>
     <w:rsid w:val="00DE3ED1"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rsid w:val="00F1604B"/>
     <w:rsid w:val="00F47030"/>
     <w:rsid w:val="00FC3356"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1741F733"/>
+  <w14:docId w14:val="20D9CB29"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{34DCB71F-CC20-42D0-89C2-A1F18F2395CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4807,920 +4157,921 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="_Chapter"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop1Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="440" w:line="400" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="_Paragraph"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop2Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:after="200" w:line="360" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop3Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DE3ED1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="40" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kop4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="_Sub-subparagraph"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="Kop4Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Addressing">
     <w:name w:val="_Addressing"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="1804"/>
       <w:spacing w:line="260" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Appendixitem">
     <w:name w:val="_Appendix item"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="12"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
-    <w:name w:val="Kop 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="_Chapter Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Kop1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Chapterunnumbered">
     <w:name w:val="_Chapter unnumbered"/>
-    <w:basedOn w:val="Kop1"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AppendixTOCheading">
     <w:name w:val="_Appendix/TOC heading"/>
     <w:basedOn w:val="Chapterunnumbered"/>
-    <w:next w:val="Standaard"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="400" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dashes">
     <w:name w:val="_Dashes"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="284"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dashesdoubleindented">
     <w:name w:val="_Dashes double indented"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dashesindented">
     <w:name w:val="_Dashes indented"/>
     <w:basedOn w:val="Dashes"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerdata">
     <w:name w:val="_Footer data"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3607" w:y="15735"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referenceheading">
     <w:name w:val="_Reference heading"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerheading">
     <w:name w:val="_Footer heading"/>
     <w:basedOn w:val="Referenceheading"/>
-    <w:next w:val="Standaard"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="3607" w:y="15735"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hiddentext">
     <w:name w:val="_Hidden text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="1804"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Linefullwidth">
     <w:name w:val="_Line full width"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NameL1">
     <w:name w:val="_Name L1"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="7820"/>
       <w:suppressOverlap/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NameL2">
     <w:name w:val="_Name L2"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbers">
     <w:name w:val="_Numbers"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersdoubleindented">
     <w:name w:val="_Numbers double indented"/>
     <w:basedOn w:val="Numbers"/>
     <w:uiPriority w:val="6"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersindented">
     <w:name w:val="_Numbers indented"/>
     <w:basedOn w:val="Numbers"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Reference">
     <w:name w:val="_Reference"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Referenceheading"/>
     <w:uiPriority w:val="23"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:framePr w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="text" w:y="2411"/>
       <w:spacing w:after="280"/>
       <w:suppressOverlap/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencies">
     <w:name w:val="_Referencies"/>
     <w:basedOn w:val="Chapterunnumbered"/>
-    <w:next w:val="Standaard"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Supplementarytext">
     <w:name w:val="_Supplementary text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="320" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballontekst">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="BallontekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballontekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Eindnootmarkering">
+  <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Eindnoottekst">
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="EindnoottekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="28"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="28"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EindnoottekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Eindnoottekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GevolgdeHyperlink">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
       <w:spacing w:after="140" w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
       <w:spacing w:after="140" w:line="280" w:lineRule="exact"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhopg4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:next w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9021"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
-    <w:name w:val="Kop 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="_Paragraph Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Kop2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
-[...2 lines deleted...]
-    <w:link w:val="Kop3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DE3ED1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
-    <w:name w:val="Kop 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="_Sub-subparagraph Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Kop4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Koptekst">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="KoptekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KoptekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Koptekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lijstalinea">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normaalweb">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Standaard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ondertitel">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:aliases w:val="_Subtitle"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="OndertitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="18"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="284"/>
       </w:tabs>
       <w:spacing w:line="600" w:lineRule="exact"/>
       <w:ind w:left="567" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
-    <w:name w:val="Ondertitel Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
     <w:aliases w:val="_Subtitle Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Ondertitel"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="18"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
       <w:caps/>
       <w:color w:val="1E64C8"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelraster">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Standaardtabel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="nl-NL"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:aliases w:val="_Title"/>
-    <w:basedOn w:val="Standaard"/>
-[...1 lines deleted...]
-    <w:link w:val="TitelChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="17"/>
     <w:qFormat/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:spacing w:line="800" w:lineRule="exact"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="56"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
-    <w:name w:val="Titel Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
     <w:aliases w:val="_Title Char"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
-    <w:link w:val="Titel"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="17"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="56"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Voetnootmarkering">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voetnoottekst">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoetnoottekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="14"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
       <w:ind w:left="142" w:hanging="142"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voetnoottekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Voettekst">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standaard"/>
-    <w:link w:val="VoettekstChar"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED3C5B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VoettekstChar">
-[...2 lines deleted...]
-    <w:link w:val="Voettekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3C5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phd.eb@ugent.be?subject=beoordeling%20doctoraatsopleiding" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5960,76 +5311,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>500</Words>
-  <Characters>2750</Characters>
+  <Words>351</Words>
+  <Characters>1931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UGent</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3244</CharactersWithSpaces>
+  <CharactersWithSpaces>2278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nina Hovaert</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>