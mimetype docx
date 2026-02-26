--- v0 (2025-12-24)
+++ v1 (2026-02-26)
@@ -537,72 +537,90 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of PhD award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7584666D" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="00204ED6" w14:paraId="095D8CB6" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="00B72BB6" w14:paraId="095D8CB6" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2CBE64" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
+          <w:p w14:paraId="6B2CBE64" w14:textId="16690154" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institution who awarded </w:t>
+              <w:t xml:space="preserve">Institution </w:t>
+            </w:r>
+            <w:r w:rsidR="000F4221">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006864CC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> awarded </w:t>
             </w:r>
             <w:r w:rsidR="00B740EB" w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">or will award </w:t>
             </w:r>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PhD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
@@ -610,118 +628,110 @@
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64EBE434" w14:textId="77777777" w:rsidR="009063B7" w:rsidRDefault="009063B7" w:rsidP="007701EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="489E80AC" w14:textId="39DD0E4D" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
+    <w:p w14:paraId="489E80AC" w14:textId="538A247E" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline: </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3400">
+      <w:r w:rsidR="00D12C05">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00204ED6">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009600D1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009600D1">
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>April</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12C05">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 12</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4528">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:00 CET</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BB21E7" w14:textId="77777777" w:rsidR="0086771D" w:rsidRPr="00D12FFD" w:rsidRDefault="0008584E" w:rsidP="0086771D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
@@ -829,70 +839,84 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086771D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(please use a PDF converted from the Word document</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="0086771D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and not a scanned PDF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3351E4BF" w14:textId="77777777" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+    <w:p w14:paraId="3351E4BF" w14:textId="1F347F8D" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The document has to be named as followed: “</w:t>
+        <w:t>The document has to be named as follow</w:t>
+      </w:r>
+      <w:r w:rsidR="005255CB">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2C70">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: “</w:t>
       </w:r>
       <w:r w:rsidR="00243C78">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NameFellow_Application_Masterclass_</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
     </w:p>
@@ -905,143 +929,134 @@
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk66019040"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Who can apply for the Masterclass?</w:t>
       </w:r>
       <w:r w:rsidR="005175D6">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2CC234" w14:textId="1B6D47E9" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
+    <w:p w14:paraId="7D2CC234" w14:textId="0E8E9C79" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00EC4B3C" w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">esearchers  must be in possession of a doctoral degree at the date of the call deadline </w:t>
       </w:r>
       <w:r w:rsidR="008752A3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0038074A">
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00204ED6">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve">September </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">September </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...8 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>must have a maximum of 8 years full-time equivalent experience in research</w:t>
@@ -1121,94 +1136,110 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2F63AC" w14:textId="77777777" w:rsidR="00721F8C" w:rsidRDefault="00341F3F" w:rsidP="005966D3">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00341F3F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Supported researchers can be of any nationality.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040F8079" w14:textId="753DCEFE" w:rsidR="00721F8C" w:rsidRDefault="00721F8C" w:rsidP="005966D3">
+    <w:p w14:paraId="040F8079" w14:textId="7B0A1C04" w:rsidR="00721F8C" w:rsidRDefault="00721F8C" w:rsidP="005966D3">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Proposals that were submitted in 202</w:t>
       </w:r>
-      <w:r w:rsidR="00204ED6">
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with UGent as host, and scored less than 70%, can’t be resubmitted in 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00204ED6">
+        <w:t xml:space="preserve"> with UGent as host, and scored less than </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F3D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0%, can’t be resubmitted in 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9090A">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with U</w:t>
       </w:r>
       <w:r w:rsidR="009600D1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ent as host.</w:t>
       </w:r>
@@ -3260,66 +3291,66 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F0C7D9D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D3BDB7B" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
+          <w:p w14:paraId="7D3BDB7B" w14:textId="7112F685" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E45639">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ORCID-ID promoter (public</w:t>
+              <w:t>ORCID-ID (public</w:t>
             </w:r>
             <w:r w:rsidR="00721F8C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
             <w:r w:rsidRPr="00E45639">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> available)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C5FE9A7" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
@@ -4184,51 +4215,51 @@
     <w:p w14:paraId="26A3F576" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="005175D6" w:rsidRDefault="005175D6" w:rsidP="00721F8C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1813"/>
         <w:gridCol w:w="1813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B9762B" w:rsidRPr="00204ED6" w14:paraId="49790F1A" w14:textId="77777777" w:rsidTr="00B34798">
+      <w:tr w:rsidR="00B9762B" w:rsidRPr="00B72BB6" w14:paraId="49790F1A" w14:textId="77777777" w:rsidTr="00B34798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B0C6643" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25BC1399" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4283,113 +4314,106 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AC7913E" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:t>Place of activity</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>place of residence (previous 5 years - most recent one first)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451BC17A" w14:textId="0614AD9D" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
+    <w:p w14:paraId="451BC17A" w14:textId="12B12EEB" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Indicate the period(s) and the country/co</w:t>
       </w:r>
       <w:r w:rsidR="001B21B7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ntries in which you have legally resided and/or had your main activity (work, status, ..) during the last 5 years up until the deadline for the submission of the proposal. Please fill in this section without gaps, until the call deadline (</w:t>
       </w:r>
-      <w:r w:rsidR="00FA10A7" w:rsidRPr="00DA0092">
-[...11 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00003828" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> September </w:t>
       </w:r>
       <w:r w:rsidR="00426BCD" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00204ED6">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54DA49E0" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
@@ -4672,101 +4696,177 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49081BCD" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A9183F9" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B80D620" w14:textId="1082325E" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00792E9B">
+    <w:p w14:paraId="6B80D620" w14:textId="27602127" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00792E9B">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Previous taxfree fellowship in Belgium </w:t>
+        <w:t xml:space="preserve">Previous </w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4">
+        <w:t>tax-free</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> fellowship in Belgium </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A36E54" w14:textId="611C9E58" w:rsidR="00792E9B" w:rsidRPr="00792E9B" w:rsidRDefault="00FB75B2" w:rsidP="00792E9B">
+    <w:p w14:paraId="48A36E54" w14:textId="79086588" w:rsidR="00792E9B" w:rsidRPr="00792E9B" w:rsidRDefault="000F4221" w:rsidP="00792E9B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Did</w:t>
+        <w:t>Have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> you ever receive</w:t>
+        <w:t>you ever receive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB75B2">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">a taxfree PhD fellowship or taxfree postdoctoral fellowship in Belgium? </w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-free</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PhD fellowship or </w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-free</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> postdoctoral fellowship in Belgium? </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk158909088"/>
       <w:r w:rsidR="00AF3400">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>This is an important question because we need to determine whether the MSCA-funding is sufficient to cover your wage cost.</w:t>
+        <w:t xml:space="preserve">This is an important question because we need to determine whether the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MSCA funding</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3400">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is sufficient to cover your wage cost.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr w:rsidR="00792E9B" w:rsidRPr="00F04E27" w14:paraId="54619253" w14:textId="77777777" w:rsidTr="00B00950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="4"/>
           <w:p w14:paraId="40CC6B26" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRPr="00F04E27" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -4888,64 +4988,78 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="67306BD8" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00E64D8F" w:rsidRDefault="00E64D8F" w:rsidP="00E64D8F">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DATA OF THE </w:t>
       </w:r>
       <w:r w:rsidR="00243C78">
         <w:t>APPLICANT</w:t>
       </w:r>
       <w:r w:rsidR="0008584E" w:rsidRPr="00E64D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A62C83" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t>CV of the applicant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D067EC5" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
+    <w:p w14:paraId="4D067EC5" w14:textId="2A76939C" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please enclose the CV of the applicant to this application</w:t>
+        <w:t xml:space="preserve">Please enclose the CV of the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4221">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>this application</w:t>
       </w:r>
       <w:r w:rsidR="00B9762B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3A3BF6" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
@@ -5418,73 +5532,161 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD8CF4A" w14:textId="68405A64" w:rsidR="0008584E" w:rsidRDefault="002636BB" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Motivation </w:t>
       </w:r>
       <w:r w:rsidR="00677853">
         <w:t>and strategy of the fellow</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBDA84E" w14:textId="067DB96E" w:rsidR="00677853" w:rsidRDefault="00677853" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39E61AE8" w14:textId="39E55692" w:rsidR="00677853" w:rsidRPr="00D65ED5" w:rsidRDefault="00677853" w:rsidP="00677853">
+    <w:p w14:paraId="39E61AE8" w14:textId="00319C5E" w:rsidR="00677853" w:rsidRPr="00D65ED5" w:rsidRDefault="00677853" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65ED5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>What kind of researcher are you now?</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D65ED5" w:rsidRPr="00D65ED5">
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:r w:rsidR="007E101D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> What research skills do you excel in? What unique approach to your field do you offer? What are the kinds of scientific problems that you can currently solve?</w:t>
+        <w:t xml:space="preserve">is your current expertise?  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Which</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65ED5" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>research skills do you excel in? Wh</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65ED5" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unique approach do you offer</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to your field</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65ED5" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? What kinds of scientific problems </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65ED5" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>you currently solve?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="795237C1" w14:textId="53EF236A" w:rsidR="00D65ED5" w:rsidRDefault="00354A61" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00051B10">
@@ -5533,89 +5735,73 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACD619D" w14:textId="6F7E35DD" w:rsidR="00677853" w:rsidRPr="00D65ED5" w:rsidRDefault="00D65ED5" w:rsidP="00677853">
+    <w:p w14:paraId="5ACD619D" w14:textId="2A789DAB" w:rsidR="00677853" w:rsidRPr="00D65ED5" w:rsidRDefault="00D65ED5" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">How </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65ED5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>do you see your field evolving in the near future? How will the field change</w:t>
-[...15 lines deleted...]
-        <w:t>? What interesting trends and patterns do you see occurring?</w:t>
+        <w:t>do you see your field evolving in the near future? What interesting trends and patterns do you see occurring?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA6AAB1" w14:textId="77777777" w:rsidR="00354A61" w:rsidRDefault="00354A61" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -5665,65 +5851,97 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780D68C7" w14:textId="58BFA841" w:rsidR="00D65ED5" w:rsidRPr="00A16F1D" w:rsidRDefault="00D65ED5" w:rsidP="00677853">
+    <w:p w14:paraId="780D68C7" w14:textId="38C50C65" w:rsidR="00D65ED5" w:rsidRPr="00A16F1D" w:rsidRDefault="00D65ED5" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Given the type of researcher you are now, and given the trends in the field, how do you want to position yourself in the future? What kind of researcher do you want to become? What unique positioning will make you a productive and well-regarded professional scientist? What skills do you need to add to your portfolio</w:t>
+        <w:t xml:space="preserve">Given </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4221">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>your current expertise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, and given the trends in the field, how do you want to position yourself in the future? What kind of researcher do you want to become? Wh</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skills do you need to add to your portfolio</w:t>
       </w:r>
       <w:r w:rsidR="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00524F7E" w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to become this future self</w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
@@ -5796,81 +6014,129 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9E67D8" w14:textId="748EFD35" w:rsidR="00524F7E" w:rsidRPr="00A16F1D" w:rsidRDefault="00A16F1D" w:rsidP="00677853">
+    <w:p w14:paraId="1C9E67D8" w14:textId="50618DC6" w:rsidR="00524F7E" w:rsidRPr="00A16F1D" w:rsidRDefault="00A16F1D" w:rsidP="00677853">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>How will you learn what you need to learn at UGent? How will your stay at UGent make you a better researcher? Why is UGent the right place to be for you at this point in you</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F2EF7">
+        <w:t xml:space="preserve">How will you </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A16F1D">
+        <w:t>acquire knowledge and skills</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8" w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> career? Why UGent, and not any other university?</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>at U</w:t>
+      </w:r>
+      <w:r w:rsidR="007E101D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ent</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and why do you need them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? How will your stay at UGent make you a better researcher? </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4221">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In short, motivate your decision to host your fellowship at UGent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D1B887" w14:textId="42A8A459" w:rsidR="001F0FEC" w:rsidRPr="00051B10" w:rsidRDefault="001F0FEC" w:rsidP="001F0FEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -6223,71 +6489,91 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B67493B" w14:textId="77777777" w:rsidR="00827149" w:rsidRPr="006C5844" w:rsidRDefault="00827149" w:rsidP="00E82E2F">
+    <w:p w14:paraId="1B67493B" w14:textId="36F2187A" w:rsidR="00827149" w:rsidRPr="006C5844" w:rsidRDefault="00827149" w:rsidP="00E82E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>Describe how the applicant will be supervised and mentored, and integrated in your research group.</w:t>
+        <w:t>Describe how the applicant will be supervised and mentored, and integrated in</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5844">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your research group.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A092198" w14:textId="367F8BB4" w:rsidR="006C5844" w:rsidRDefault="006C5844" w:rsidP="00E82E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
@@ -6340,91 +6626,111 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6471293C" w14:textId="1148CEF2" w:rsidR="00827149" w:rsidRPr="006C5844" w:rsidRDefault="00827149" w:rsidP="00E82E2F">
+    <w:p w14:paraId="6471293C" w14:textId="20F378E1" w:rsidR="00827149" w:rsidRPr="006C5844" w:rsidRDefault="00827149" w:rsidP="00E82E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Give some insights </w:t>
       </w:r>
       <w:r w:rsidR="001A0B05">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">n the chances of success of the </w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4221">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5844">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the chances of success of the </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A1B243" w14:textId="561F4857" w:rsidR="006C5844" w:rsidRPr="00E82E2F" w:rsidRDefault="006C5844" w:rsidP="00E82E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6509,172 +6815,180 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6447C39A" w14:textId="77777777" w:rsidR="00827149" w:rsidRDefault="00827149" w:rsidP="00D12FFD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3027DEDC" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="001F0FEC" w:rsidRDefault="00D12FFD" w:rsidP="00D12FFD">
+    <w:p w14:paraId="3027DEDC" w14:textId="55BD7FF9" w:rsidR="00D12FFD" w:rsidRPr="001F0FEC" w:rsidRDefault="00D12FFD" w:rsidP="00D12FFD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please note that if the applicant is selected to join us for the </w:t>
+        <w:t>Please note that if the applicant is selected to join r the</w:t>
+      </w:r>
+      <w:r w:rsidR="00001015">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EU Team’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0FEC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Masterclass, </w:t>
       </w:r>
       <w:r w:rsidR="007B690F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">the supervisor </w:t>
+        <w:t>the supervisor</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B690F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> expected to make time to discuss</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B690F">
+        <w:t xml:space="preserve">expected to make time to </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4221">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the</w:t>
+        <w:t>support the candidate in their preparation of the final MSCA-PF application</w:t>
+      </w:r>
+      <w:r w:rsidR="00001015">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>. This could include discussing ideas, commenting on drafts, and/or checking the feasibility of the science</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> joint proposal, </w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00827149">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">following the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F03A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00001015">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>MSCA Masterclass</w:t>
+        <w:t xml:space="preserve"> Such</w:t>
       </w:r>
       <w:r w:rsidR="00827149">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> offered by the EU-office</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> This discussion could help the applicant substantially in writing the </w:t>
+        <w:t xml:space="preserve"> discussion could help the applicant substantially in writing the </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidR="00827149">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> proposal.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6694,222 +7008,239 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B51B29A" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="00C43623" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43623">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Letter of Intent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683DA57E" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="683DA57E" w14:textId="4FFABDA4" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>garding:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Attendance Master</w:t>
+        <w:t xml:space="preserve"> Attendance</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1407C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Master</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lass</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ghent University</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2002D407" w14:textId="4F4D3419" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="2002D407" w14:textId="21B48792" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supervisor and the fellow commit themselves to submit a proposal with Ghent University as a Host Institution on an exclusive basis for the call </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="006072E4">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk158909192"/>
       <w:r w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">deadline </w:t>
       </w:r>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
       <w:r w:rsidR="00FA10A7" w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00204ED6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA10A7" w:rsidRPr="0040313F">
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="0040313F">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00CB7075">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>September</w:t>
-[...14 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278CD0AF" w14:textId="7FC6311E" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="278CD0AF" w14:textId="6306553A" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supervisor commits to support the fellow in the preparation of the proposal and to organize a meeting with the fellow </w:t>
+        <w:t>The supervisor commits to support</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the fellow in the preparation of the proposal and to organize a meeting with the fellow </w:t>
       </w:r>
       <w:r w:rsidR="00FA10A7" w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in May or June 202</w:t>
       </w:r>
-      <w:r w:rsidR="00204ED6">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268C24B2" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="001F4289" w:rsidRDefault="004E4FA0" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The supervisor and fellow give permission to share their contact details with the other participants of the Master Class.</w:t>
       </w:r>
       <w:r w:rsidR="008752A3" w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
@@ -7000,61 +7331,61 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FEDD29D" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="00093CFD" w:rsidRDefault="00D12FFD">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D12FFD" w:rsidRPr="00093CFD">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09D356B5" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="48129850" w14:textId="77777777" w:rsidR="0096680A" w:rsidRDefault="0096680A" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4934D724" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="5E14EB35" w14:textId="77777777" w:rsidR="0096680A" w:rsidRDefault="0096680A" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7064,66 +7395,66 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D37A5C6" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="007B690F" w:rsidP="00A66994">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
@@ -7211,124 +7542,124 @@
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DA0092">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7ADF64DC" w14:textId="19F50782" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
+  <w:p w14:paraId="7ADF64DC" w14:textId="0D3E715D" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00204ED6">
+    <w:r w:rsidR="00B72BB6">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>February 12, 2025</w:t>
+      <w:t>February 16, 2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1434FD1A" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="116F3BC7" w14:textId="77777777" w:rsidR="0096680A" w:rsidRDefault="0096680A" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29CB82A3" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="1EDA08BF" w14:textId="77777777" w:rsidR="0096680A" w:rsidRDefault="0096680A" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2EE7159F" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="00F04E27" w:rsidRDefault="007B690F" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
@@ -7356,198 +7687,201 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Export  </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Create PDF/XPS document</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="72354BAD" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="00732127" w:rsidRDefault="005175D6">
+    <w:p w14:paraId="72354BAD" w14:textId="0A0EDB5E" w:rsidR="005175D6" w:rsidRPr="00732127" w:rsidRDefault="005175D6">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00732127">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">In case of doubt, please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00426BCD" w:rsidRPr="00647F7F">
+        <w:r w:rsidR="003F6C85" w:rsidRPr="00274D75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>eu-team@ugent.be</w:t>
+          <w:t>EU-team@UGent.be</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00732127">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="01A520AA" w14:textId="7972EE66" w:rsidR="008F03A5" w:rsidRPr="00033EE7" w:rsidRDefault="008F03A5">
+    <w:p w14:paraId="01A520AA" w14:textId="433D76FE" w:rsidR="008F03A5" w:rsidRPr="00033EE7" w:rsidRDefault="008F03A5">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F03A5">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>PhD’s awarded after 1</w:t>
-[...5 lines deleted...]
-        <w:t>0</w:t>
+        <w:t xml:space="preserve">PhD’s awarded after </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7F17">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>09</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/09/201</w:t>
       </w:r>
-      <w:r w:rsidR="00204ED6">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00B9090A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> automatically comply with the 8 year rule. For PhD’s awarded previously; contact EU team or check if you are eligible for an extension in the</w:t>
       </w:r>
       <w:r w:rsidR="009600D1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk158909012"/>
-      <w:r w:rsidR="00033EE7" w:rsidRPr="00033EE7">
+      <w:r w:rsidR="00B72BB6">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00204ED6">
+      <w:r w:rsidR="00B72BB6">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText>HYPERLINK "https://circabc.europa.eu/ui/group/9a4230a6-2769-4067-b136-3e238ae65fa6/library/4f0c4d21-f240-4578-b1f0-cfe860adae11/details"</w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00204ED6" w:rsidRPr="00033EE7">
+        <w:instrText>HYPERLINK "https://ugentbe.sharepoint.com/sites/CA2020_mscapostdocs/Master%20Class%20training%20materials/Forms/AllItems.aspx?id=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials%2FGuide%20for%20applicants%5FMSCA%20PF%202025%2Epdf&amp;parent=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B72BB6">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00033EE7" w:rsidRPr="00033EE7">
+      <w:r w:rsidR="00B72BB6">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00204ED6">
+      <w:r w:rsidR="00B72BB6" w:rsidRPr="00B72BB6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Guide for Applicants – MSCA PF 2024.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00033EE7" w:rsidRPr="00033EE7">
+        <w:t>Guide for Applicants – MSCA PF 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72BB6">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B72BB6" w:rsidRPr="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="36E2D421" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00E45639" w:rsidRDefault="00E45639" w:rsidP="00E45639">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B9762B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E45639">
@@ -10894,320 +11228,360 @@
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2128424795">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="962073881">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="708605595">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="620577690">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="337315841">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1535534591">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66994"/>
+    <w:rsid w:val="00001015"/>
     <w:rsid w:val="00003828"/>
     <w:rsid w:val="000065FB"/>
     <w:rsid w:val="000265F0"/>
+    <w:rsid w:val="00026F4C"/>
     <w:rsid w:val="00033EE7"/>
     <w:rsid w:val="00051932"/>
     <w:rsid w:val="00054AB1"/>
     <w:rsid w:val="000747D7"/>
     <w:rsid w:val="00082A11"/>
     <w:rsid w:val="0008584E"/>
     <w:rsid w:val="00085D28"/>
     <w:rsid w:val="00093CFD"/>
     <w:rsid w:val="000B07B6"/>
     <w:rsid w:val="000C508E"/>
     <w:rsid w:val="000D44B3"/>
+    <w:rsid w:val="000E77E6"/>
     <w:rsid w:val="000F26FD"/>
+    <w:rsid w:val="000F4221"/>
     <w:rsid w:val="000F52F4"/>
     <w:rsid w:val="00101A08"/>
     <w:rsid w:val="001023CC"/>
     <w:rsid w:val="00124CE2"/>
     <w:rsid w:val="00125A1C"/>
     <w:rsid w:val="00137048"/>
     <w:rsid w:val="00160782"/>
     <w:rsid w:val="001A0B05"/>
     <w:rsid w:val="001A6878"/>
     <w:rsid w:val="001B21B7"/>
     <w:rsid w:val="001B42F2"/>
     <w:rsid w:val="001C68AF"/>
     <w:rsid w:val="001C7850"/>
     <w:rsid w:val="001F0FEC"/>
     <w:rsid w:val="00204ED6"/>
     <w:rsid w:val="00243C78"/>
     <w:rsid w:val="002549AC"/>
     <w:rsid w:val="002621A6"/>
     <w:rsid w:val="002636BB"/>
     <w:rsid w:val="0027024B"/>
     <w:rsid w:val="00275FA4"/>
     <w:rsid w:val="002808FB"/>
     <w:rsid w:val="00283BB5"/>
     <w:rsid w:val="00292E49"/>
     <w:rsid w:val="00294465"/>
     <w:rsid w:val="002A4FA9"/>
     <w:rsid w:val="002B7593"/>
     <w:rsid w:val="002C4BFB"/>
     <w:rsid w:val="002D2826"/>
     <w:rsid w:val="002D30C5"/>
     <w:rsid w:val="002D43D4"/>
     <w:rsid w:val="002E2F6F"/>
     <w:rsid w:val="003078AB"/>
     <w:rsid w:val="00322331"/>
     <w:rsid w:val="00341F3F"/>
     <w:rsid w:val="0034750F"/>
     <w:rsid w:val="00354A61"/>
     <w:rsid w:val="00366743"/>
     <w:rsid w:val="0038074A"/>
     <w:rsid w:val="003A2863"/>
     <w:rsid w:val="003D5EEF"/>
     <w:rsid w:val="003F00D7"/>
+    <w:rsid w:val="003F6C85"/>
     <w:rsid w:val="0040313F"/>
     <w:rsid w:val="00411891"/>
     <w:rsid w:val="00417502"/>
     <w:rsid w:val="00417611"/>
     <w:rsid w:val="0042135D"/>
     <w:rsid w:val="00426BCD"/>
     <w:rsid w:val="004525D8"/>
     <w:rsid w:val="004676E0"/>
     <w:rsid w:val="004B0FCF"/>
     <w:rsid w:val="004B191A"/>
     <w:rsid w:val="004B2581"/>
     <w:rsid w:val="004C44EF"/>
     <w:rsid w:val="004C7589"/>
     <w:rsid w:val="004E4FA0"/>
     <w:rsid w:val="004F4A1E"/>
     <w:rsid w:val="00503D4D"/>
     <w:rsid w:val="005117F4"/>
+    <w:rsid w:val="00515A6C"/>
     <w:rsid w:val="005175D6"/>
     <w:rsid w:val="00522E06"/>
     <w:rsid w:val="00524F7E"/>
+    <w:rsid w:val="005255CB"/>
+    <w:rsid w:val="0053502E"/>
     <w:rsid w:val="00540754"/>
+    <w:rsid w:val="005530E1"/>
     <w:rsid w:val="0055371C"/>
     <w:rsid w:val="00555403"/>
     <w:rsid w:val="0056768A"/>
     <w:rsid w:val="005714A3"/>
     <w:rsid w:val="005817D6"/>
     <w:rsid w:val="00586D32"/>
     <w:rsid w:val="005966D3"/>
     <w:rsid w:val="005B5F2C"/>
+    <w:rsid w:val="005B7F17"/>
     <w:rsid w:val="005D1CAF"/>
+    <w:rsid w:val="005E55C4"/>
     <w:rsid w:val="005F3D53"/>
     <w:rsid w:val="006072E4"/>
     <w:rsid w:val="00621750"/>
     <w:rsid w:val="00647B31"/>
     <w:rsid w:val="00657617"/>
+    <w:rsid w:val="0066035C"/>
     <w:rsid w:val="00661C05"/>
     <w:rsid w:val="00677853"/>
     <w:rsid w:val="006864CC"/>
     <w:rsid w:val="00686ED6"/>
     <w:rsid w:val="00687A65"/>
     <w:rsid w:val="006B4393"/>
     <w:rsid w:val="006C271F"/>
     <w:rsid w:val="006C5844"/>
     <w:rsid w:val="006E535B"/>
     <w:rsid w:val="006E66C3"/>
     <w:rsid w:val="006F10F3"/>
+    <w:rsid w:val="00714DE3"/>
     <w:rsid w:val="00721F8C"/>
     <w:rsid w:val="00724D9B"/>
     <w:rsid w:val="007253F7"/>
     <w:rsid w:val="00732127"/>
     <w:rsid w:val="00744863"/>
     <w:rsid w:val="00766943"/>
     <w:rsid w:val="007701EF"/>
+    <w:rsid w:val="007707F7"/>
     <w:rsid w:val="00774710"/>
     <w:rsid w:val="00792E9B"/>
     <w:rsid w:val="007A352C"/>
     <w:rsid w:val="007B690F"/>
     <w:rsid w:val="007B7521"/>
+    <w:rsid w:val="007C25FF"/>
+    <w:rsid w:val="007E101D"/>
     <w:rsid w:val="00801015"/>
     <w:rsid w:val="00805670"/>
     <w:rsid w:val="00813B8D"/>
     <w:rsid w:val="008215F4"/>
     <w:rsid w:val="00824CCD"/>
     <w:rsid w:val="00827149"/>
     <w:rsid w:val="0084356E"/>
     <w:rsid w:val="008642B8"/>
     <w:rsid w:val="00866832"/>
     <w:rsid w:val="008673C6"/>
     <w:rsid w:val="0086771D"/>
     <w:rsid w:val="008752A3"/>
+    <w:rsid w:val="008862F1"/>
     <w:rsid w:val="008975D6"/>
     <w:rsid w:val="008A18C2"/>
     <w:rsid w:val="008A7CCA"/>
     <w:rsid w:val="008E1F92"/>
     <w:rsid w:val="008E4542"/>
     <w:rsid w:val="008E68CC"/>
     <w:rsid w:val="008F03A5"/>
     <w:rsid w:val="008F2EF7"/>
     <w:rsid w:val="009063B7"/>
     <w:rsid w:val="00932A83"/>
     <w:rsid w:val="00932DCC"/>
     <w:rsid w:val="00942AD7"/>
+    <w:rsid w:val="00951553"/>
     <w:rsid w:val="00955C99"/>
     <w:rsid w:val="009600D1"/>
+    <w:rsid w:val="0096680A"/>
     <w:rsid w:val="009701CF"/>
     <w:rsid w:val="00973B53"/>
     <w:rsid w:val="00987F60"/>
     <w:rsid w:val="009A70B8"/>
     <w:rsid w:val="009A7126"/>
     <w:rsid w:val="009C70E5"/>
     <w:rsid w:val="009E15ED"/>
+    <w:rsid w:val="009F1F7C"/>
     <w:rsid w:val="00A16F1D"/>
+    <w:rsid w:val="00A35F30"/>
     <w:rsid w:val="00A378AD"/>
     <w:rsid w:val="00A4616E"/>
+    <w:rsid w:val="00A65294"/>
     <w:rsid w:val="00A66994"/>
     <w:rsid w:val="00A720AD"/>
     <w:rsid w:val="00AA2FB2"/>
     <w:rsid w:val="00AB4E23"/>
     <w:rsid w:val="00AC1474"/>
     <w:rsid w:val="00AC2E7B"/>
     <w:rsid w:val="00AC7724"/>
     <w:rsid w:val="00AD068C"/>
     <w:rsid w:val="00AF2D3A"/>
     <w:rsid w:val="00AF3400"/>
+    <w:rsid w:val="00AF6088"/>
     <w:rsid w:val="00B06465"/>
     <w:rsid w:val="00B104F9"/>
     <w:rsid w:val="00B171D8"/>
     <w:rsid w:val="00B20F44"/>
     <w:rsid w:val="00B226A2"/>
+    <w:rsid w:val="00B32BC6"/>
+    <w:rsid w:val="00B72BB6"/>
     <w:rsid w:val="00B740EB"/>
     <w:rsid w:val="00B7544F"/>
     <w:rsid w:val="00B84A22"/>
+    <w:rsid w:val="00B9090A"/>
+    <w:rsid w:val="00B91C06"/>
     <w:rsid w:val="00B9762B"/>
     <w:rsid w:val="00BD788C"/>
     <w:rsid w:val="00BF09C1"/>
+    <w:rsid w:val="00C01AEC"/>
     <w:rsid w:val="00C10173"/>
     <w:rsid w:val="00C11D21"/>
     <w:rsid w:val="00C917A4"/>
     <w:rsid w:val="00C94B25"/>
+    <w:rsid w:val="00CB7075"/>
     <w:rsid w:val="00CC1798"/>
+    <w:rsid w:val="00D12C05"/>
     <w:rsid w:val="00D12FFD"/>
     <w:rsid w:val="00D2754A"/>
     <w:rsid w:val="00D31C3D"/>
     <w:rsid w:val="00D46984"/>
     <w:rsid w:val="00D5746F"/>
     <w:rsid w:val="00D65ED5"/>
+    <w:rsid w:val="00D72A3F"/>
+    <w:rsid w:val="00D75857"/>
+    <w:rsid w:val="00D77AC8"/>
     <w:rsid w:val="00D97720"/>
     <w:rsid w:val="00DA0092"/>
     <w:rsid w:val="00DB618F"/>
     <w:rsid w:val="00DC04D6"/>
     <w:rsid w:val="00DC288B"/>
     <w:rsid w:val="00DC3651"/>
     <w:rsid w:val="00DD5A9D"/>
+    <w:rsid w:val="00DE32DE"/>
+    <w:rsid w:val="00DF2DBC"/>
     <w:rsid w:val="00E352FA"/>
     <w:rsid w:val="00E45639"/>
     <w:rsid w:val="00E467F4"/>
     <w:rsid w:val="00E64D8F"/>
     <w:rsid w:val="00E73F9A"/>
     <w:rsid w:val="00E7523C"/>
     <w:rsid w:val="00E82E2F"/>
     <w:rsid w:val="00E87936"/>
     <w:rsid w:val="00E914BE"/>
     <w:rsid w:val="00E92779"/>
     <w:rsid w:val="00E9796A"/>
     <w:rsid w:val="00EA7A65"/>
     <w:rsid w:val="00EB1EAE"/>
     <w:rsid w:val="00EC4528"/>
     <w:rsid w:val="00EC4B3C"/>
     <w:rsid w:val="00ED0BE2"/>
     <w:rsid w:val="00EF1458"/>
     <w:rsid w:val="00EF2971"/>
     <w:rsid w:val="00F04E27"/>
     <w:rsid w:val="00F0727E"/>
     <w:rsid w:val="00F24671"/>
     <w:rsid w:val="00F30326"/>
     <w:rsid w:val="00F46BF1"/>
     <w:rsid w:val="00F54E6D"/>
     <w:rsid w:val="00F84623"/>
+    <w:rsid w:val="00F9001C"/>
+    <w:rsid w:val="00F92F3D"/>
+    <w:rsid w:val="00F96BBB"/>
     <w:rsid w:val="00FA10A7"/>
     <w:rsid w:val="00FA16A3"/>
     <w:rsid w:val="00FA6438"/>
     <w:rsid w:val="00FA74F5"/>
     <w:rsid w:val="00FB75B2"/>
     <w:rsid w:val="00FC0D03"/>
     <w:rsid w:val="00FC747C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4F15CFC3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{14931918-8A09-4311-BFF6-9D1C0445220B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -11842,50 +12216,51 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AD068C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Koptekst">
     <w:name w:val="header"/>
@@ -13231,51 +13606,51 @@
         <w:div w:id="646275842">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eu-team@ugent.be" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -13524,76 +13899,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97D3D87D-7D2C-4B2E-97B4-2F8F232168E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1078</Words>
-  <Characters>5931</Characters>
+  <Words>1065</Words>
+  <Characters>5861</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UGent</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6996</CharactersWithSpaces>
+  <CharactersWithSpaces>6913</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melissa D'hauwer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>