--- v0 (2025-12-26)
+++ v1 (2026-03-06)
@@ -1,43 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4009CF90" w14:textId="77777777" w:rsidR="00522E06" w:rsidRDefault="00243C78" w:rsidP="007701EF">
       <w:pPr>
         <w:pStyle w:val="titel1"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-873"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="-307"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="259"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -165,92 +166,92 @@
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9206" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3348"/>
         <w:gridCol w:w="5858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00513718" w:rsidRPr="0023635F" w14:paraId="4E2B7686" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00513718" w:rsidRPr="00572846" w14:paraId="4E2B7686" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0946E8A7" w14:textId="77777777" w:rsidR="00513718" w:rsidRPr="00455950" w:rsidRDefault="00513718" w:rsidP="008E4542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00455950">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:t>Future non-EU Host Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00581508" w14:textId="77777777" w:rsidR="00513718" w:rsidRPr="00455950" w:rsidRDefault="00513718" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513718" w:rsidRPr="0023635F" w14:paraId="28A6DA10" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00513718" w:rsidRPr="00572846" w14:paraId="28A6DA10" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="746EC95F" w14:textId="77777777" w:rsidR="00513718" w:rsidRPr="00513718" w:rsidRDefault="00513718" w:rsidP="008E4542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name Supervisor at future non-EU Host Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -314,51 +315,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="710B9BB6" w14:textId="77777777" w:rsidR="008E4542" w:rsidRPr="00EC4528" w:rsidRDefault="00341F3F" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ghent University</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008584E" w:rsidRPr="0023635F" w14:paraId="260A99CC" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="0008584E" w:rsidRPr="00572846" w14:paraId="260A99CC" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6934B8C8" w14:textId="031BD991" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="00EC4528" w:rsidP="008E4542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name s</w:t>
             </w:r>
             <w:r w:rsidR="00F0727E" w:rsidRPr="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -391,51 +392,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ghent University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26A1BE34" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="0023635F" w14:paraId="7C86DB80" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="00572846" w14:paraId="7C86DB80" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FBAF6D4" w14:textId="4247E75A" w:rsidR="00243C78" w:rsidRPr="00785492" w:rsidRDefault="00243C78" w:rsidP="00EC4528">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00785492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Faculty </w:t>
             </w:r>
             <w:r w:rsidR="008E1F92" w:rsidRPr="00785492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -459,51 +460,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="429C2D69" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="00785492" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D12FFD" w:rsidRPr="0023635F" w14:paraId="1FBD118C" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00D12FFD" w:rsidRPr="00572846" w14:paraId="1FBD118C" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C9FACD8" w14:textId="6F6F8623" w:rsidR="00D12FFD" w:rsidRPr="00785492" w:rsidRDefault="00EC4528" w:rsidP="005714A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00785492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Department </w:t>
             </w:r>
             <w:r w:rsidR="008E1F92" w:rsidRPr="00785492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -564,58 +565,60 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name f</w:t>
             </w:r>
             <w:r w:rsidR="00243C78">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ellow </w:t>
             </w:r>
             <w:r w:rsidR="00785492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00243C78">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>applicant</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00785492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27D2B0C7" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009B0706" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -689,72 +692,90 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of PhD award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33D56DE6" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="0023635F" w14:paraId="7CEBE8EA" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="00572846" w14:paraId="7CEBE8EA" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14E5BE54" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
+          <w:p w14:paraId="14E5BE54" w14:textId="1A3CA9AD" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institution who awarded </w:t>
+              <w:t xml:space="preserve">Institution </w:t>
+            </w:r>
+            <w:r w:rsidR="00F0047D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006864CC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> awarded </w:t>
             </w:r>
             <w:r w:rsidR="00B740EB" w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">or will award </w:t>
             </w:r>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PhD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
@@ -762,159 +783,167 @@
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01535924" w14:textId="77777777" w:rsidR="009063B7" w:rsidRDefault="009063B7" w:rsidP="007701EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="758F5E91" w14:textId="1180AE24" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
+    <w:p w14:paraId="758F5E91" w14:textId="0A7F2A19" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline: </w:t>
       </w:r>
-      <w:r w:rsidR="006E4066">
+      <w:r w:rsidR="00D270B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D06E5">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00455950">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00455950">
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>April</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D270B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 12</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4528">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:00 CET</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182BCC20" w14:textId="77777777" w:rsidR="00896CC0" w:rsidRPr="00896CC0" w:rsidRDefault="0008584E" w:rsidP="00E338F2">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The application has to be submitted by </w:t>
+        <w:t xml:space="preserve">The application </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00513718">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>has to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00513718">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be submitted by </w:t>
       </w:r>
       <w:r w:rsidR="00DC288B" w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00E52C5F">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> UGent</w:t>
       </w:r>
       <w:r w:rsidR="00DC288B" w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F0727E" w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
@@ -1001,70 +1030,84 @@
         <w:t>(please use a PDF converted from the Word documen</w:t>
       </w:r>
       <w:r w:rsidR="00513718">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="0002755B">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and not a scanned PDF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B752E8" w14:textId="77777777" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+    <w:p w14:paraId="11B752E8" w14:textId="65988A9A" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The document has to be named as followed: “</w:t>
+        <w:t>The document has to be named as follow</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2C70">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: “</w:t>
       </w:r>
       <w:r w:rsidR="00243C78">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NameFellow_Application_Masterclass_</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
     </w:p>
@@ -1077,143 +1120,134 @@
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk66019040"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Who can apply for the Masterclass?</w:t>
       </w:r>
       <w:r w:rsidR="005175D6">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7820A366" w14:textId="38265B58" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
+    <w:p w14:paraId="7820A366" w14:textId="671588BD" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00EC4B3C" w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">esearchers must be in possession of a doctoral degree at the date of the call deadline </w:t>
       </w:r>
       <w:r w:rsidR="008752A3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0038074A">
+      <w:r w:rsidR="00D270B7">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D06E5">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve">September </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">September </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D270B7">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...8 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>must have a maximum of 8 years full-time equivalent experience in research</w:t>
@@ -1302,99 +1336,115 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Countries of at least five consecutive years</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="00513718">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC9D3FA" w14:textId="5F2BDC24" w:rsidR="007701EF" w:rsidRPr="00785492" w:rsidRDefault="00721F8C" w:rsidP="00392915">
+    <w:p w14:paraId="4DC9D3FA" w14:textId="044A3543" w:rsidR="007701EF" w:rsidRPr="00785492" w:rsidRDefault="00721F8C" w:rsidP="00392915">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00785492">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Proposals that were submitted in 202</w:t>
       </w:r>
-      <w:r w:rsidR="002D06E5">
+      <w:r w:rsidR="00120E75">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00785492">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with UGent as host, and scored less than 70%, can’t be resubmitted in 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D06E5">
+        <w:t xml:space="preserve"> with UGent as host, and scored less than </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7E20">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785492">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0%, can’t be resubmitted in 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00120E75">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00785492">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with U</w:t>
       </w:r>
       <w:r w:rsidR="00455950" w:rsidRPr="00785492">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00785492">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ent as host.</w:t>
       </w:r>
@@ -2230,51 +2280,51 @@
           </w:p>
           <w:p w14:paraId="26761D31" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Tekstvak2"/>
+            <w:bookmarkStart w:id="2" w:name="Tekstvak2"/>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
@@ -2298,51 +2348,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
           <w:p w14:paraId="1C4A9E8B" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3429,114 +3479,114 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="775B3A7C" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01DFAB00" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
+          <w:p w14:paraId="01DFAB00" w14:textId="06C67CFF" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E45639">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ORCID-ID promoter (public</w:t>
+              <w:t>ORCID-ID (public</w:t>
             </w:r>
             <w:r w:rsidR="00721F8C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
             <w:r w:rsidRPr="00E45639">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> available)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CAFCD87" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Tekstvak3"/>
+            <w:bookmarkStart w:id="3" w:name="Tekstvak3"/>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
@@ -3560,51 +3610,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w14:paraId="7F6CAC87" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00B9762B" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
@@ -4353,51 +4403,51 @@
     <w:p w14:paraId="3EF4E833" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="005175D6" w:rsidRDefault="005175D6" w:rsidP="00721F8C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1813"/>
         <w:gridCol w:w="1813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B9762B" w:rsidRPr="0023635F" w14:paraId="541413AB" w14:textId="77777777" w:rsidTr="00B34798">
+      <w:tr w:rsidR="00B9762B" w:rsidRPr="00572846" w14:paraId="541413AB" w14:textId="77777777" w:rsidTr="00B34798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="547CC10C" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5106BF00" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4452,113 +4502,106 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ECD19E5" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:t>Place of activity</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>place of residence (previous 5 years - most recent one first)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D674AD2" w14:textId="2E16D5CF" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
+    <w:p w14:paraId="4D674AD2" w14:textId="525687FB" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Indicate the period(s) and the country/co</w:t>
       </w:r>
       <w:r w:rsidR="001B21B7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ntries in which you have legally resided and/or had your main activity (work, status, ..) during the last 5 years up until the deadline for the submission of the proposal. Please fill in this section without gaps, until the call deadline (</w:t>
       </w:r>
-      <w:r w:rsidR="00FA10A7" w:rsidRPr="00DA0092">
-[...11 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="002E03E0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00003828" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> September </w:t>
       </w:r>
       <w:r w:rsidR="00426BCD" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="002D06E5">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="002E03E0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAE3209" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
@@ -4841,111 +4884,199 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DBC5444" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5507D670" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28BA5F54" w14:textId="77777777" w:rsidR="00051FAF" w:rsidRPr="00051FAF" w:rsidRDefault="00051FAF" w:rsidP="00051FAF">
+    <w:p w14:paraId="28BA5F54" w14:textId="664A87A6" w:rsidR="00051FAF" w:rsidRPr="00051FAF" w:rsidRDefault="00051FAF" w:rsidP="00051FAF">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051FAF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Previous taxfree fellowship in Belgium </w:t>
+        <w:t>Previous t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97751">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ax-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051FAF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">free fellowship in Belgium </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E7EECA" w14:textId="74266A9A" w:rsidR="00051FAF" w:rsidRPr="00051FAF" w:rsidRDefault="00051FAF" w:rsidP="00051FAF">
+    <w:p w14:paraId="10E7EECA" w14:textId="7D779D42" w:rsidR="00051FAF" w:rsidRPr="00051FAF" w:rsidRDefault="00F0047D" w:rsidP="00051FAF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Did</w:t>
+        <w:t>Have</w:t>
       </w:r>
       <w:r w:rsidRPr="00051FAF">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> you ever receive a taxfree PhD fellowship or taxfree postdoctoral fellowship in Belgium</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051FAF" w:rsidRPr="00051FAF">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>you ever receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00051FAF" w:rsidRPr="00051FAF">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2153D" w:rsidRPr="00051FAF">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2153D">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-free</w:t>
+      </w:r>
+      <w:r w:rsidR="00051FAF" w:rsidRPr="00051FAF">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PhD fellowship or t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97751">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ax-</w:t>
+      </w:r>
+      <w:r w:rsidR="00051FAF" w:rsidRPr="00051FAF">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>free postdoctoral fellowship in Belgium</w:t>
       </w:r>
       <w:r w:rsidR="006E4066">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>? This is an important question because we need to determine whether the MSCA-funding is sufficient to cover your wage cost.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00051FAF">
+        <w:t xml:space="preserve">? This is an important question because we need to determine whether the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MSCA funding</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4066">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is sufficient to cover your wage cost.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051FAF" w:rsidRPr="00051FAF">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr w:rsidR="00051FAF" w:rsidRPr="00051FAF" w14:paraId="6FA5F802" w14:textId="77777777" w:rsidTr="00B00950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CC0639F" w14:textId="77777777" w:rsidR="00051FAF" w:rsidRPr="00051FAF" w:rsidRDefault="00051FAF" w:rsidP="00051FAF">
             <w:pPr>
               <w:rPr>
@@ -5055,64 +5186,78 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4579DD3A" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00E64D8F" w:rsidRDefault="00E64D8F" w:rsidP="00E64D8F">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DATA OF THE </w:t>
       </w:r>
       <w:r w:rsidR="00243C78">
         <w:t>APPLICANT</w:t>
       </w:r>
       <w:r w:rsidR="0008584E" w:rsidRPr="00E64D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F28DA5A" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t>CV of the applicant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4D9833" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
+    <w:p w14:paraId="0D4D9833" w14:textId="0343382A" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please enclose the CV of the applicant to this application</w:t>
+        <w:t xml:space="preserve">Please enclose the CV of the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this application</w:t>
       </w:r>
       <w:r w:rsidR="00B9762B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74D48669" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
@@ -5591,65 +5736,169 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:r w:rsidR="00866832">
         <w:t xml:space="preserve">future </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Host Institution (max. </w:t>
       </w:r>
       <w:r w:rsidR="003F00D7">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> p.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79360B45" w14:textId="77777777" w:rsidR="00F50838" w:rsidRDefault="00F50838">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73BA19EB" w14:textId="77777777" w:rsidR="00F50838" w:rsidRPr="00D65ED5" w:rsidRDefault="00F50838" w:rsidP="00F50838">
+    <w:p w14:paraId="73BA19EB" w14:textId="36F418B7" w:rsidR="00F50838" w:rsidRPr="00D65ED5" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65ED5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>What kind of researcher are you now? What research skills do you excel in? What unique approach to your field do you offer? What are the kinds of scientific problems that you can currently solve?</w:t>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>is your current expertise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wh</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">research skills do you excel in? </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wh</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unique approach to your field do you offer? What kinds of scientific problems </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D" w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D65ED5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>you currently solve?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45813CD7" w14:textId="77777777" w:rsidR="00F50838" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00051B10">
@@ -5698,89 +5947,73 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A07D050" w14:textId="77777777" w:rsidR="00F50838" w:rsidRPr="00D65ED5" w:rsidRDefault="00F50838" w:rsidP="00F50838">
+    <w:p w14:paraId="0A07D050" w14:textId="6B90245B" w:rsidR="00F50838" w:rsidRPr="00D65ED5" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">How </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65ED5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>do you see your field evolving in the near future? How will the field change</w:t>
-[...15 lines deleted...]
-        <w:t>? What interesting trends and patterns do you see occurring?</w:t>
+        <w:t>do you see your field evolving in the near future? What interesting trends and patterns do you see occurring?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CF361F" w14:textId="77777777" w:rsidR="00F50838" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -5830,65 +6063,97 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705C31C7" w14:textId="77777777" w:rsidR="00F50838" w:rsidRPr="00A16F1D" w:rsidRDefault="00F50838" w:rsidP="00F50838">
+    <w:p w14:paraId="705C31C7" w14:textId="1CE72814" w:rsidR="00F50838" w:rsidRPr="00A16F1D" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Given the type of researcher you are now, and given the trends in the field, how do you want to position yourself in the future? What kind of researcher do you want to become? What unique positioning will make you a productive and well-regarded professional scientist? What skills do you need to add to your portfolio</w:t>
+        <w:t xml:space="preserve">Given </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>your current expertise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, and given the trends in the field, how do you want to position yourself in the future? What kind of researcher do you want to become? Wh</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A16F1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skills do you need to add to your portfolio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to become this future self?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEE9C6D" w14:textId="77777777" w:rsidR="00F50838" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
@@ -5953,81 +6218,131 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF3C243" w14:textId="33CB9940" w:rsidR="00F50838" w:rsidRPr="00A16F1D" w:rsidRDefault="00F50838" w:rsidP="00F50838">
+    <w:p w14:paraId="2A1E3F1C" w14:textId="77777777" w:rsidR="00F0047D" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>What role do the non-EU Host and UGent play in your career development path? How will they make you a better researcher? Why did you pick precisely these two locations (and not any of the hundreds of other possibilities) as the next destinations for your research journey? What will you learn at the non-EU Host, how will you then bring these skills to UGent</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D9412D">
+        <w:t>What role</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and what will you do </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00541E5E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">there </w:t>
+        <w:t xml:space="preserve"> do the non-EU Host and UGent play in your career development path? How will they make you a better researcher? Why did you pick precisely these two locations (and not any of the hundreds of other possibilities) as the next destinations for your research journey? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B23B3BD" w14:textId="77777777" w:rsidR="00F0047D" w:rsidRDefault="00F0047D" w:rsidP="00F50838">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BF3C243" w14:textId="4E1218D4" w:rsidR="00F50838" w:rsidRPr="00A16F1D" w:rsidRDefault="00F50838" w:rsidP="00F50838">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>What will you learn at the non-EU Host, how will you then bring these skills to UGent</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9412D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and what will you do </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2153D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00541E5E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here </w:t>
       </w:r>
       <w:r w:rsidR="00D9412D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to learn and develop even more</w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="417054D0" w14:textId="77777777" w:rsidR="00F50838" w:rsidRPr="00051B10" w:rsidRDefault="00F50838" w:rsidP="00F50838">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -6524,91 +6839,111 @@
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0C3F0A" w14:textId="77777777" w:rsidR="008E4979" w:rsidRPr="006C5844" w:rsidRDefault="008E4979" w:rsidP="008E4979">
+    <w:p w14:paraId="1C0C3F0A" w14:textId="45A443CB" w:rsidR="008E4979" w:rsidRPr="006C5844" w:rsidRDefault="008E4979" w:rsidP="008E4979">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Give some insights </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5844">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>n the chances of success of the MSCA-PF application.</w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5844">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the chances of success of the MSCA-PF application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CDB2BD7" w14:textId="77777777" w:rsidR="008E4979" w:rsidRPr="00E82E2F" w:rsidRDefault="008E4979" w:rsidP="008E4979">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Tekstvak42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2400"/>
             </w:textInput>
@@ -6673,352 +7008,476 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051B10">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2D9C57" w14:textId="77777777" w:rsidR="008E4979" w:rsidRDefault="008E4979" w:rsidP="008E4979">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33D38927" w14:textId="77777777" w:rsidR="008E4979" w:rsidRPr="001F0FEC" w:rsidRDefault="008E4979" w:rsidP="008E4979">
+    <w:p w14:paraId="33D38927" w14:textId="6401887A" w:rsidR="008E4979" w:rsidRPr="001F0FEC" w:rsidRDefault="008E4979" w:rsidP="008E4979">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please note that if the applicant is selected to join us for the </w:t>
+        <w:t>Please note that if the applicant is selected to join the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EU Team’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0FEC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Masterclass, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">the supervisor </w:t>
-      </w:r>
+        <w:t>the supervisor</w:t>
+      </w:r>
+      <w:del w:id="4" w:author="Mia Pistorius" w:date="2026-02-12T11:33:00Z" w16du:dateUtc="2026-02-12T10:33:00Z">
+        <w:r w:rsidDel="00F0047D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">is </w:t>
-      </w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:del w:id="5" w:author="Mia Pistorius" w:date="2026-02-12T11:33:00Z" w16du:dateUtc="2026-02-12T10:33:00Z">
+        <w:r w:rsidDel="00F0047D">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> expected to make time to discuss</w:t>
+        <w:t xml:space="preserve"> expected to make time </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2153D" w:rsidRPr="001F0FEC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2153D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the candidate in their preparation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2153D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>final</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MSCA-PF application. This could include discussing ideas, commenting on drafts, and/or checking the feasibility of the science.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F0FEC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0047D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> joint proposal, </w:t>
+        <w:t xml:space="preserve">Such </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>following the MSCA Masterclass offered by the EU-office</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> This discussion could help the applicant substantially in writing the MSCA-PF proposal.</w:t>
+        <w:t>discussion could help the applicant substantially in writing the MSCA-PF proposal.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0FEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-GB" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="554164F3" w14:textId="77777777" w:rsidR="008E4979" w:rsidRPr="00093CFD" w:rsidRDefault="008E4979" w:rsidP="008E4979">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57FAC81A" w14:textId="77777777" w:rsidR="008752A3" w:rsidRDefault="008752A3">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADB6A95" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="00C43623" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43623">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Letter of Intent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E94A780" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="5E94A780" w14:textId="57057634" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>garding:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Attendance Master</w:t>
+        <w:t xml:space="preserve"> Attendance </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00A9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1407C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Master</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lass</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ghent University</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EABD62" w14:textId="3FB6E916" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="07EABD62" w14:textId="7BE6F1C5" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supervisor and the fellow commit themselves to submit a proposal with Ghent University as a Host Institution on an exclusive basis for the call </w:t>
+        <w:t xml:space="preserve">The supervisor and the fellow </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>commit themselves</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to submit a proposal with Ghent University as a Host Institution on an exclusive basis for the call </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="0023635F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00A2153D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r w:rsidR="006E4066" w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>deadline 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D06E5">
+        <w:t xml:space="preserve">deadline </w:t>
+      </w:r>
+      <w:r w:rsidR="00102FB1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="006E4066" w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> September 202</w:t>
       </w:r>
-      <w:r w:rsidR="002D06E5">
+      <w:r w:rsidR="00102FB1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537010F2" w14:textId="2600DE34" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="537010F2" w14:textId="5606755E" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supervisor commits to support the fellow in the preparation of the proposal and to organize a meeting with the fellow </w:t>
+        <w:t xml:space="preserve">The supervisor commits to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00A9B" w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>suppor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00A9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tin</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00A9B" w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the fellow in the preparation of the proposal and to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organize</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a meeting with the fellow </w:t>
       </w:r>
       <w:r w:rsidR="00FA10A7" w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in May or June 202</w:t>
       </w:r>
-      <w:r w:rsidR="002D06E5">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00102FB1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1087B050" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="001F4289" w:rsidRDefault="004E4FA0" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The supervisor and fellow give permission to share their contact details with the other participants of the Master Class.</w:t>
       </w:r>
       <w:r w:rsidR="008752A3" w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
@@ -7109,61 +7568,61 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C0A60CA" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="00093CFD" w:rsidRDefault="00D12FFD">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D12FFD" w:rsidRPr="00093CFD">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13FC9806" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="5AD47416" w14:textId="77777777" w:rsidR="00E63680" w:rsidRDefault="00E63680" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09270DE8" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="0C1DC081" w14:textId="77777777" w:rsidR="00E63680" w:rsidRDefault="00E63680" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7173,66 +7632,66 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B873F06" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="007B690F" w:rsidP="00A66994">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
@@ -7320,124 +7779,124 @@
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DA0092">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0E89BC7F" w14:textId="7946420E" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
+  <w:p w14:paraId="0E89BC7F" w14:textId="557E17D9" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0023635F">
+    <w:r w:rsidR="00572846">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>February 12, 2025</w:t>
+      <w:t>February 16, 2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44B41156" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="106841B1" w14:textId="77777777" w:rsidR="00E63680" w:rsidRDefault="00E63680" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="559FA239" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="248758A8" w14:textId="77777777" w:rsidR="00E63680" w:rsidRDefault="00E63680" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="43D82201" w14:textId="77777777" w:rsidR="0002755B" w:rsidRPr="00455950" w:rsidRDefault="0002755B">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00455950">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
@@ -7484,163 +7943,202 @@
         </w:rPr>
         <w:t xml:space="preserve">In case of doubt, please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00426BCD" w:rsidRPr="0002755B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>eu-team@ugent.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00732127" w:rsidRPr="0002755B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="433CFBE6" w14:textId="028E7691" w:rsidR="006E4066" w:rsidRPr="008F03A5" w:rsidRDefault="008F03A5" w:rsidP="006E4066">
+    <w:p w14:paraId="433CFBE6" w14:textId="18E112D4" w:rsidR="006E4066" w:rsidRPr="008F03A5" w:rsidRDefault="008F03A5" w:rsidP="006E4066">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002755B">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0002755B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PhD’s awarded after 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E4066">
+        <w:t xml:space="preserve"> PhD’s awarded after </w:t>
+      </w:r>
+      <w:r w:rsidR="00120E75">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>09</w:t>
       </w:r>
       <w:r w:rsidRPr="0002755B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>/09/201</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D06E5">
+        <w:t>/09/20</w:t>
+      </w:r>
+      <w:r w:rsidR="00120E75">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="0002755B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> automatically comply with the 8 year rule. For PhD’s awarded previously; </w:t>
       </w:r>
       <w:r w:rsidR="00455950" w:rsidRPr="00455950">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">contact EU team or check if you are eligible for an extension in </w:t>
       </w:r>
       <w:r w:rsidR="00455950" w:rsidRPr="006E4066">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidR="002D06E5" w:rsidRPr="002D06E5">
+      <w:r w:rsidR="00572846" w:rsidRPr="002D06E5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:ins w:id="1" w:author="Marie Peeters" w:date="2026-02-16T12:05:00Z" w16du:dateUtc="2026-02-16T11:05:00Z">
+        <w:r w:rsidR="00572846">
           <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002D06E5" w:rsidRPr="002D06E5">
+        <w:r w:rsidR="00572846">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:instrText>HYPERLINK "https://ugentbe.sharepoint.com/sites/CA2020_mscapostdocs/Master%20Class%20training%20materials/Forms/AllItems.aspx?id=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials%2FGuide%20for%20applicants%5FMSCA%20PF%202025%2Epdf&amp;parent=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials"</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00572846">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00572846">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00572846" w:rsidRPr="00572846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Guide for Applicants – MSCA PF 2024</w:t>
+          <w:t>Guide</w:t>
         </w:r>
-        <w:r w:rsidR="006E4066" w:rsidRPr="006E4066">
+        <w:r w:rsidR="00572846" w:rsidRPr="00572846">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t xml:space="preserve"> for Applicants – MSCA PF 2025</w:t>
         </w:r>
-      </w:hyperlink>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00455950">
+        <w:r w:rsidR="00572846">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00572846" w:rsidRPr="00572846">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0E024C71" w14:textId="7870D7E8" w:rsidR="008F03A5" w:rsidRPr="008F03A5" w:rsidRDefault="008F03A5">
+      <w:pPr>
+        <w:pStyle w:val="Voetnoottekst"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="093B36F6" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00E45639" w:rsidRDefault="00E45639" w:rsidP="00E45639">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B9762B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E45639">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -7805,72 +8303,72 @@
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4239297E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="77549CE3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Tekstvak 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:370.5pt;margin-top:42.75pt;width:215.55pt;height:50.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1vC4UKwIAAE8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc6/VHk1grryM3katK&#10;VhLJrnLGLHhXAYYC9q776zuwu06a9lT1goeZ2Qfz3sOL21YrchLO12AKOhmNKRGGQ1mbQ0G/79af&#10;5pT4wEzJFBhR0LPw9Hb58cOisbmYQgWqFI4giPF5YwtahWDzLPO8Epr5EVhhsCjBaRZw6w5Z6ViD&#10;6Fpl0/H4OmvAldYBF95j9r4r0mXCl1Lw8CilF4GoguLdQlpdWvdxzZYLlh8cs1XN+2uwf7iFZrXB&#10;Qy9Q9ywwcnT1H1C65g48yDDioDOQsuYizYDTTMbvptlWzIo0C5Lj7YUm//9g+cPpyZG6LCgKZZhG&#10;iXbixYcTeyHzyE5jfY5NW4ttof0CLao85D0m49CtdDr+4jgE68jz+cKtaAPhmJzezG4+z68o4Vi7&#10;ns0nN1cRJnv92jofvgrQJAYFdahdopSdNj50rUNLPMzAulYq6acMaQo6i5C/VRBcmZgRyQk9TJyo&#10;u3mMQrtv+zH3UJ5xSgedS7zl6xqvsmE+PDGHtsDB0OrhERepAI+EPqKkAvfzb/nYj2phlZIGbVZQ&#10;/+PInKBEfTOoY/TkELgh2A+BOeo7QOdO8BFZnkL8wAU1hNKBfsYXsIqnYIkZjmcVNAzhXejMji+I&#10;i9UqNaHzLAsbs7U8QkeCIrG79pk527MfULcHGAzI8ncidL0d2atjAFknhSKhHYuobNyga5PG/QuL&#10;z+LtPnW9/g8sfwEAAP//AwBQSwMEFAAGAAgAAAAhADPXhZLfAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyok0KaKMSpEBIXLhEFwXUbb36EvY5it03fvu4JbrOa0ew31Xax&#10;Rhxp9qNjBekqAUHcOj1yr+Dr8+2hAOEDskbjmBScycO2vr2psNTuxB903IVexBL2JSoYQphKKX07&#10;kEW/chNx9Do3WwzxnHupZzzFcmvkOkk20uLI8cOAE70O1P7uDlYBF1mbPHbv2Py47zGfmi43ulHq&#10;/m55eQYRaAl/YbjiR3SoI9PeHVh7YRTkT2ncEhQUWQbiGkjzdQpiH1WxSUDWlfy/ob4AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA9bwuFCsCAABPBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAM9eFkt8AAAALAQAADwAAAAAAAAAAAAAAAACFBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".25pt">
+            <v:shape id="Tekstvak 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:370.5pt;margin-top:42.75pt;width:215.55pt;height:50.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiptufEwIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG+eju4msOKt0V6kq&#10;RbsrZas9EwyxJWAokNjpr++A7WS77anqBQ/M+DHz3mN512pFTsL5GkxBJ6MxJcJwKGtzKOj3l82n&#10;BSU+MFMyBUYU9Cw8vVt9/LBsbC6mUIEqhSMIYnze2IJWIdg8yzyvhGZ+BFYYTEpwmgXcukNWOtYg&#10;ulbZdDy+zRpwpXXAhfd4+tAl6SrhSyl4eJLSi0BUQbG3kFaX1n1cs9WS5QfHbFXzvg32D11oVhu8&#10;9AL1wAIjR1f/AaVr7sCDDCMOOgMpay7SDDjNZPxuml3FrEizIDneXmjy/w+WP5529tmR0H6BFgWM&#10;hDTW5x4P4zytdDp+sVOCeaTwfKFNtIFwPJzOZ/PPixtKOOZuZ4vJ/CbCZNe/rfPhqwBNYlBQh7Ik&#10;tthp60NXOpTEywxsaqWSNMqQpqCzCPlbBsGViSciidzDXDuPUWj3bT/OHsozTumgM4C3fFNjK1vm&#10;wzNzqDgOhi4OT7hIBXgl9BElFbiffzuP9SgEZilp0EEF9T+OzAlK1DeDEkW7DYEbgv0QmKO+BzTl&#10;BN+H5SnEH1xQQygd6Fc09zregilmON5V0DCE96HzMT4OLtbrVISmsixszc7yCB0JisS+tK/M2Z79&#10;gLo9wuAtlr8ToavtyF4fA8g6KRQJ7VhEZeMGDZk07h9PdPzbfaq6PvHVLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhADPXhZLfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyok0Ka&#10;KMSpEBIXLhEFwXUbb36EvY5it03fvu4JbrOa0ew31XaxRhxp9qNjBekqAUHcOj1yr+Dr8+2hAOED&#10;skbjmBScycO2vr2psNTuxB903IVexBL2JSoYQphKKX07kEW/chNx9Do3WwzxnHupZzzFcmvkOkk2&#10;0uLI8cOAE70O1P7uDlYBF1mbPHbv2Py47zGfmi43ulHq/m55eQYRaAl/YbjiR3SoI9PeHVh7YRTk&#10;T2ncEhQUWQbiGkjzdQpiH1WxSUDWlfy/ob4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;IqbbnxMCAAAqBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAM9eFkt8AAAALAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".25pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="007A352C">
+                  <w:p w14:paraId="5D5847C2" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="007A352C">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Research Department</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="007A352C">
+                  <w:p w14:paraId="1EC5B3A5" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="007A352C">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Research Coordination Office</w:t>
                     </w:r>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -7989,86 +8487,86 @@
                             <w:t xml:space="preserve">afdeling onderzoekscoördinatie </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1BB1FDAE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="003FBAF6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Tekstvak 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:370.5pt;margin-top:42.75pt;width:215.55pt;height:50.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcFc8HdwIAAFkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbBlQVKepATJMQ&#10;IOjEs+vYNML2efa1SffX7+wkhXV7YdqLc7n77nw/vvP5RWsN26oQa3AlHx+NOFNOQlW755J/X15/&#10;mnIWUbhKGHCq5DsV+cX844fzxs/UBNZgKhUYBXFx1viSrxH9rCiiXCsr4hF45cioIViB9BueiyqI&#10;hqJbU0xGo9OigVD5AFLFSNqrzsjnOb7WSuKd1lEhMyWn3DCfIZ+rdBbzczF7DsKva9mnIf4hCytq&#10;R5fuQ10JFGwT6j9C2VoGiKDxSIItQOtaqlwDVTMeHVTzuBZe5VqoOdHv2xT/X1h5u70PrK5KPuHM&#10;CUsjWqqXiFvxwiapO42PMwI9eoJh+wVamvKgj6RMRbc62PSlchjZqc+7fW9Vi0yScnJ2fPZ5esKZ&#10;JNvp8XR8dpLCFK/ePkT8qsCyJJQ80OxyS8X2JmIHHSDpMgfXtTF5fsaxpuTHKeRvFgpuXNKozIQ+&#10;TKqoyzxLuDMqYYx7UJo6kQtIisxBdWkC2wpij5BSOcy157iETihNSbzHsce/ZvUe566O4WZwuHe2&#10;tYOQqz9Iu3oZUtYdnnr+pu4kYrtqMwX2g11BtaN5B+j2JXp5XdNQbkTEexFoQWjEtPR4R4c2QM2H&#10;XuJsDeHn3/QJT7wlK2cNLVzJ44+NCIoz880Ro9N2DkIYhNUguI29BJrCmJ4TL7NIDgHNIOoA9one&#10;gkW6hUzCSbqr5DiIl9itPb0lUi0WGUQ76AXeuEcvU+g0lESxZfskgu95iMTgWxhWUcwO6Nhhk6eD&#10;xQZB15mrqa9dF/t+0/5mtvdvTXog3v5n1OuLOP8FAAD//wMAUEsDBBQABgAIAAAAIQAz14WS3wAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNCmijEqRASFy4RBcF1G29+&#10;hL2OYrdN377uCW6zmtHsN9V2sUYcafajYwXpKgFB3Do9cq/g6/PtoQDhA7JG45gUnMnDtr69qbDU&#10;7sQfdNyFXsQS9iUqGEKYSil9O5BFv3ITcfQ6N1sM8Zx7qWc8xXJr5DpJNtLiyPHDgBO9DtT+7g5W&#10;ARdZmzx279j8uO8xn5ouN7pR6v5ueXkGEWgJf2G44kd0qCPT3h1Ye2EU5E9p3BIUFFkG4hpI83UK&#10;Yh9VsUlA1pX8v6G+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJwVzwd3AgAAWQUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADPXhZLfAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAA0QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".25pt">
+            <v:shape id="Tekstvak 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:370.5pt;margin-top:42.75pt;width:215.55pt;height:50.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaH/CWYAIAADQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5206wNBnSJr0WFA&#10;0RZrh54VWWqMyaJGMbGzXz9KtpOu26XDLjLNxyd+fOj8omuc2BiMNfhSTg8mUhivoar9cym/PV5/&#10;OJMikvKVcuBNKbcmyov5+3fnbZiZQ1iBqwwKBvFx1oZSrojCrCiiXplGxQMIxrPRAjaK+BefiwpV&#10;y+iNKw4nk5OiBawCgjYxsvaqN8p5xrfWaLqzNhoSrpScG+UT87lMZzE/V7NnVGFV6yEN9Q9ZNKr2&#10;fOkO6kqREmus/4Bqao0QwdKBhqYAa2ttMgdmM528YvOwUsFkLlycGHZliv8PVt9uHsI9Cuo+QccN&#10;TAVpQ5xFViY+ncUmfTlTwXYu4XZXNtOR0Kw8PD06/Xh2LIVm28nR2fT0OMEU++iAkT4baEQSSonc&#10;llwttbmJ1LuOLukyD9e1c7k1zou2lEcJ8jcLgzufNCY3eYDZZ54l2jqTfJz/aqyoq0wgKfJ4mUuH&#10;YqN4MJTWxlPmnnHZO3lZTuItgYP/Pqu3BPc8xpvB0y64qT1gZv8q7er7mLLt/bnmL3gnkbplx8Rf&#10;NHYJ1Zb7jdCvQgz6uuam3KhI9wp59rnFvM90x4d1wMWHQZJiBfjzb/rkzyPJVila3qVSxh9rhUYK&#10;98XzsKbFGwUcheUo+HVzCdyFKb8UQWeRA5DcKFqE5onXfJFuYZPymu8qJY3iJfUbzc+ENotFduL1&#10;Copu/EPQCTo1JY3YY/ekMAxzSDzBtzBumZq9GsfeN0V6WKwJbJ1nNdW1r+JQb17NPO3DM5J2/+V/&#10;9to/dvNfAAAA//8DAFBLAwQUAAYACAAAACEAM9eFkt8AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KiTQpooxKkQEhcuEQXBdRtvfoS9jmK3Td++7glus5rR7DfVdrFGHGn2&#10;o2MF6SoBQdw6PXKv4Ovz7aEA4QOyRuOYFJzJw7a+vamw1O7EH3TchV7EEvYlKhhCmEopfTuQRb9y&#10;E3H0OjdbDPGce6lnPMVya+Q6STbS4sjxw4ATvQ7U/u4OVgEXWZs8du/Y/LjvMZ+aLje6Uer+bnl5&#10;BhFoCX9huOJHdKgj094dWHthFORPadwSFBRZBuIaSPN1CmIfVbFJQNaV/L+hvgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBaH/CWYAIAADQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAz14WS3wAAAAsBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" filled="f" stroked="f" strokeweight=".25pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                  <w:p w14:paraId="365D03D4" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">directie </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                  <w:p w14:paraId="2968BE40" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">onderzoeksaangelegenheden </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                  <w:p w14:paraId="325755BF" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">afdeling onderzoekscoördinatie </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="0EF94188" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
@@ -10982,318 +11480,354 @@
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="969090587">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1529752217">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="486749112">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="16128747">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="154534204">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="323822047">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Marie Peeters">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Mariemp.Peeters@UGent.be::890f421c-e875-4cea-88b8-3ed078b9a224"/>
+  </w15:person>
+  <w15:person w15:author="Mia Pistorius">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Mia.Pistorius@UGent.be::8d46d0cc-0a7c-4860-b35c-ceded8015ca2"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66994"/>
     <w:rsid w:val="00003828"/>
     <w:rsid w:val="000065FB"/>
     <w:rsid w:val="000265F0"/>
     <w:rsid w:val="0002755B"/>
     <w:rsid w:val="00051932"/>
     <w:rsid w:val="00051FAF"/>
     <w:rsid w:val="00054AB1"/>
     <w:rsid w:val="000747D7"/>
     <w:rsid w:val="00082A11"/>
     <w:rsid w:val="0008584E"/>
     <w:rsid w:val="00085D28"/>
     <w:rsid w:val="00093CFD"/>
     <w:rsid w:val="000B07B6"/>
     <w:rsid w:val="000C508E"/>
     <w:rsid w:val="000D44B3"/>
     <w:rsid w:val="000F52F4"/>
     <w:rsid w:val="00101A08"/>
     <w:rsid w:val="001023CC"/>
+    <w:rsid w:val="00102FB1"/>
+    <w:rsid w:val="00120E75"/>
     <w:rsid w:val="00124CE2"/>
     <w:rsid w:val="00125A1C"/>
     <w:rsid w:val="00137048"/>
     <w:rsid w:val="00160782"/>
     <w:rsid w:val="001A6878"/>
     <w:rsid w:val="001B21B7"/>
     <w:rsid w:val="001B42F2"/>
     <w:rsid w:val="001C68AF"/>
     <w:rsid w:val="001C7850"/>
     <w:rsid w:val="001D698B"/>
     <w:rsid w:val="001F0FEC"/>
+    <w:rsid w:val="00206769"/>
+    <w:rsid w:val="002075DA"/>
     <w:rsid w:val="0023635F"/>
     <w:rsid w:val="00243C78"/>
     <w:rsid w:val="002549AC"/>
     <w:rsid w:val="002621A6"/>
     <w:rsid w:val="002636BB"/>
     <w:rsid w:val="0027024B"/>
     <w:rsid w:val="00275FA4"/>
     <w:rsid w:val="002808FB"/>
     <w:rsid w:val="00283BB5"/>
     <w:rsid w:val="00292E49"/>
     <w:rsid w:val="00294465"/>
     <w:rsid w:val="002A4FA9"/>
     <w:rsid w:val="002B7593"/>
     <w:rsid w:val="002B7967"/>
     <w:rsid w:val="002C4BFB"/>
     <w:rsid w:val="002D06E5"/>
     <w:rsid w:val="002D2826"/>
     <w:rsid w:val="002D30C5"/>
+    <w:rsid w:val="002E03E0"/>
     <w:rsid w:val="003078AB"/>
     <w:rsid w:val="00322331"/>
     <w:rsid w:val="00341F3F"/>
     <w:rsid w:val="0034750F"/>
     <w:rsid w:val="00366743"/>
     <w:rsid w:val="0038074A"/>
     <w:rsid w:val="003A2863"/>
     <w:rsid w:val="003D5EEF"/>
     <w:rsid w:val="003F00D7"/>
     <w:rsid w:val="0040313F"/>
     <w:rsid w:val="00411891"/>
     <w:rsid w:val="00417502"/>
     <w:rsid w:val="00417611"/>
     <w:rsid w:val="0042135D"/>
     <w:rsid w:val="00426BCD"/>
     <w:rsid w:val="004525D8"/>
     <w:rsid w:val="00455950"/>
     <w:rsid w:val="004676E0"/>
     <w:rsid w:val="004B0FCF"/>
     <w:rsid w:val="004B191A"/>
     <w:rsid w:val="004B2581"/>
     <w:rsid w:val="004C44EF"/>
     <w:rsid w:val="004C7589"/>
     <w:rsid w:val="004E4FA0"/>
     <w:rsid w:val="004F4A1E"/>
+    <w:rsid w:val="004F7E20"/>
     <w:rsid w:val="00503D4D"/>
     <w:rsid w:val="005117F4"/>
     <w:rsid w:val="00513718"/>
     <w:rsid w:val="005175D6"/>
     <w:rsid w:val="00522E06"/>
     <w:rsid w:val="00527AE5"/>
     <w:rsid w:val="00540754"/>
     <w:rsid w:val="00541E5E"/>
     <w:rsid w:val="00555403"/>
     <w:rsid w:val="0056768A"/>
     <w:rsid w:val="005714A3"/>
+    <w:rsid w:val="00572846"/>
     <w:rsid w:val="005817D6"/>
     <w:rsid w:val="00586D32"/>
     <w:rsid w:val="005966D3"/>
     <w:rsid w:val="005B5F2C"/>
     <w:rsid w:val="005D1CAF"/>
     <w:rsid w:val="005F3D53"/>
     <w:rsid w:val="00606D2A"/>
     <w:rsid w:val="00621750"/>
     <w:rsid w:val="00647B31"/>
     <w:rsid w:val="00657617"/>
+    <w:rsid w:val="0066035C"/>
     <w:rsid w:val="00661C05"/>
     <w:rsid w:val="006864CC"/>
     <w:rsid w:val="00686ED6"/>
     <w:rsid w:val="00687A65"/>
     <w:rsid w:val="006B4393"/>
     <w:rsid w:val="006C271F"/>
     <w:rsid w:val="006E4066"/>
     <w:rsid w:val="006E535B"/>
     <w:rsid w:val="006E66C3"/>
     <w:rsid w:val="006F10F3"/>
     <w:rsid w:val="00721F8C"/>
     <w:rsid w:val="00724D9B"/>
     <w:rsid w:val="007253F7"/>
     <w:rsid w:val="00732127"/>
     <w:rsid w:val="00744863"/>
     <w:rsid w:val="00766943"/>
     <w:rsid w:val="007701EF"/>
     <w:rsid w:val="00774710"/>
     <w:rsid w:val="00785492"/>
     <w:rsid w:val="007A352C"/>
     <w:rsid w:val="007A3A2E"/>
     <w:rsid w:val="007B690F"/>
     <w:rsid w:val="007B7521"/>
+    <w:rsid w:val="007D2B02"/>
     <w:rsid w:val="007D35F6"/>
     <w:rsid w:val="00801015"/>
     <w:rsid w:val="00805670"/>
     <w:rsid w:val="00813B8D"/>
     <w:rsid w:val="008215F4"/>
     <w:rsid w:val="00827149"/>
     <w:rsid w:val="0084356E"/>
     <w:rsid w:val="008642B8"/>
     <w:rsid w:val="00866832"/>
     <w:rsid w:val="008673C6"/>
     <w:rsid w:val="0086771D"/>
     <w:rsid w:val="008752A3"/>
     <w:rsid w:val="00896CC0"/>
     <w:rsid w:val="008975D6"/>
     <w:rsid w:val="008A18C2"/>
     <w:rsid w:val="008A7CCA"/>
     <w:rsid w:val="008E1F92"/>
     <w:rsid w:val="008E4542"/>
     <w:rsid w:val="008E4979"/>
     <w:rsid w:val="008E68CC"/>
     <w:rsid w:val="008F03A5"/>
     <w:rsid w:val="009063B7"/>
     <w:rsid w:val="00932DCC"/>
     <w:rsid w:val="00942AD7"/>
     <w:rsid w:val="00955C99"/>
     <w:rsid w:val="009701CF"/>
     <w:rsid w:val="00973B53"/>
     <w:rsid w:val="00987F60"/>
     <w:rsid w:val="009A70B8"/>
     <w:rsid w:val="009C70E5"/>
     <w:rsid w:val="009E15ED"/>
+    <w:rsid w:val="00A2153D"/>
+    <w:rsid w:val="00A32C76"/>
     <w:rsid w:val="00A378AD"/>
     <w:rsid w:val="00A4616E"/>
     <w:rsid w:val="00A66994"/>
     <w:rsid w:val="00A720AD"/>
     <w:rsid w:val="00AA2FB2"/>
     <w:rsid w:val="00AB4E23"/>
     <w:rsid w:val="00AC1474"/>
     <w:rsid w:val="00AC2E7B"/>
     <w:rsid w:val="00AD068C"/>
     <w:rsid w:val="00AF2D3A"/>
+    <w:rsid w:val="00AF6088"/>
     <w:rsid w:val="00B06465"/>
     <w:rsid w:val="00B104F9"/>
     <w:rsid w:val="00B171D8"/>
     <w:rsid w:val="00B20F44"/>
     <w:rsid w:val="00B226A2"/>
     <w:rsid w:val="00B32514"/>
     <w:rsid w:val="00B740EB"/>
     <w:rsid w:val="00B7544F"/>
     <w:rsid w:val="00B84A22"/>
     <w:rsid w:val="00B9762B"/>
     <w:rsid w:val="00BD42F1"/>
     <w:rsid w:val="00BD788C"/>
     <w:rsid w:val="00BF09C1"/>
     <w:rsid w:val="00C10173"/>
     <w:rsid w:val="00C11D21"/>
+    <w:rsid w:val="00C14BA2"/>
+    <w:rsid w:val="00C7197C"/>
     <w:rsid w:val="00C917A4"/>
     <w:rsid w:val="00C94B25"/>
     <w:rsid w:val="00CB5CB2"/>
     <w:rsid w:val="00CC1798"/>
+    <w:rsid w:val="00D00A9B"/>
     <w:rsid w:val="00D12FFD"/>
+    <w:rsid w:val="00D270B7"/>
     <w:rsid w:val="00D2754A"/>
     <w:rsid w:val="00D31C3D"/>
     <w:rsid w:val="00D46984"/>
+    <w:rsid w:val="00D50D3E"/>
     <w:rsid w:val="00D5746F"/>
+    <w:rsid w:val="00D72A3F"/>
     <w:rsid w:val="00D9412D"/>
     <w:rsid w:val="00D97720"/>
+    <w:rsid w:val="00D97751"/>
     <w:rsid w:val="00DA0092"/>
     <w:rsid w:val="00DC04D6"/>
     <w:rsid w:val="00DC288B"/>
     <w:rsid w:val="00DC3651"/>
+    <w:rsid w:val="00DD0532"/>
     <w:rsid w:val="00DD5A9D"/>
     <w:rsid w:val="00E352FA"/>
     <w:rsid w:val="00E45639"/>
     <w:rsid w:val="00E467F4"/>
     <w:rsid w:val="00E52C5F"/>
+    <w:rsid w:val="00E63680"/>
     <w:rsid w:val="00E64D8F"/>
+    <w:rsid w:val="00E677A7"/>
     <w:rsid w:val="00E87936"/>
     <w:rsid w:val="00E90C60"/>
     <w:rsid w:val="00E914BE"/>
     <w:rsid w:val="00E92779"/>
     <w:rsid w:val="00E9796A"/>
     <w:rsid w:val="00EA7A65"/>
     <w:rsid w:val="00EB1EAE"/>
     <w:rsid w:val="00EC4528"/>
     <w:rsid w:val="00EC4B3C"/>
     <w:rsid w:val="00EF1458"/>
     <w:rsid w:val="00EF2971"/>
+    <w:rsid w:val="00F0047D"/>
     <w:rsid w:val="00F04E27"/>
     <w:rsid w:val="00F0727E"/>
     <w:rsid w:val="00F24671"/>
     <w:rsid w:val="00F30326"/>
     <w:rsid w:val="00F46BF1"/>
     <w:rsid w:val="00F50838"/>
     <w:rsid w:val="00F54E6D"/>
     <w:rsid w:val="00F84623"/>
     <w:rsid w:val="00FA10A7"/>
     <w:rsid w:val="00FA16A3"/>
     <w:rsid w:val="00FA6438"/>
     <w:rsid w:val="00FA74F5"/>
     <w:rsid w:val="00FC0D03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="22A9CBEF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{14931918-8A09-4311-BFF6-9D1C0445220B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -13315,55 +13849,55 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="646275842">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rea.ec.europa.eu/system/files/2023-06/Guide%20for%20applicants_MSCA%20PF%202023%20rev%202.1%20.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eu-team@ugent.be" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eu-team@ugent.be" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -13612,76 +14146,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B33135A5-D3FC-4B82-A739-8D8CCE2ED053}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1187</Words>
-  <Characters>6533</Characters>
+  <Words>1178</Words>
+  <Characters>6480</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UGent</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7705</CharactersWithSpaces>
+  <CharactersWithSpaces>7643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melissa D'hauwer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>