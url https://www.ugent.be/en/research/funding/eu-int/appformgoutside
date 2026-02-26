--- v0 (2025-12-26)
+++ v1 (2026-02-26)
@@ -1,45 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7173B0D6" w14:textId="77777777" w:rsidR="00137048" w:rsidRPr="0038074A" w:rsidRDefault="00137048" w:rsidP="00A66994">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -125,62 +122,52 @@
         </w:rPr>
         <w:t>MSCA Postdoctoral Fellowships</w:t>
       </w:r>
       <w:r w:rsidR="00522E06">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(MSCA-PF) </w:t>
       </w:r>
       <w:r w:rsidR="00353FA2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">at other </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>at other organisations</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7773F750" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009E3841" w:rsidRDefault="0008584E" w:rsidP="007701EF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9206" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -206,51 +193,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Future Host Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="595A57DD" w14:textId="77777777" w:rsidR="008E4542" w:rsidRPr="00EC4528" w:rsidRDefault="008E4542" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008584E" w:rsidRPr="00925454" w14:paraId="1A586D54" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="0008584E" w:rsidRPr="007B3A7F" w14:paraId="1A586D54" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10DDA2E1" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="00EC4528" w:rsidP="008E4542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name s</w:t>
             </w:r>
             <w:r w:rsidR="00F0727E" w:rsidRPr="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -296,175 +283,119 @@
           <w:p w14:paraId="21BE3DE0" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00243C78" w:rsidRPr="009B0706" w14:paraId="1B517F71" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D66F6C6" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="00051B10" w:rsidRDefault="00243C78" w:rsidP="00EC4528">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Faculty</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Faculty </w:t>
+            </w:r>
+            <w:r w:rsidR="008E1F92">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">of the </w:t>
             </w:r>
             <w:r w:rsidR="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0215D9CF" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D12FFD" w:rsidRPr="009B0706" w14:paraId="07DA19C1" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2092D019" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRDefault="00EC4528" w:rsidP="005714A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Department</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Department </w:t>
+            </w:r>
+            <w:r w:rsidR="008E1F92">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B46027C" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="009B0706" w:rsidRDefault="00D12FFD" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -474,62 +405,52 @@
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="551AB842" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00051B10" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name f</w:t>
             </w:r>
             <w:r w:rsidR="00243C78">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ellow </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ellow applicant</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1BB030" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009B0706" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0008584E" w:rsidRPr="009B0706" w14:paraId="1175AB26" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AD914A2" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00051B10" w:rsidRDefault="005714A3" w:rsidP="005714A3">
             <w:pPr>
               <w:rPr>
@@ -595,72 +516,99 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of PhD award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="552A328B" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="00925454" w14:paraId="44BECEA0" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="007B3A7F" w14:paraId="44BECEA0" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9C7CBF" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
+          <w:p w14:paraId="4A9C7CBF" w14:textId="7B063650" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institution who awarded </w:t>
+              <w:t xml:space="preserve">Institution </w:t>
+            </w:r>
+            <w:r w:rsidR="00220146">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r w:rsidR="00220146" w:rsidRPr="006864CC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006864CC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">awarded </w:t>
             </w:r>
             <w:r w:rsidR="00B740EB" w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">or will award </w:t>
             </w:r>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PhD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
@@ -668,110 +616,102 @@
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6709B01B" w14:textId="77777777" w:rsidR="009063B7" w:rsidRDefault="009063B7" w:rsidP="007701EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B5EFCB" w14:textId="006C8393" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
+    <w:p w14:paraId="79B5EFCB" w14:textId="09A0C62F" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline: </w:t>
       </w:r>
-      <w:r w:rsidR="00F6626A">
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925454">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2E5E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC2E5E">
+        <w:t xml:space="preserve"> April</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> April</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 12</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC4528">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:00 CET</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BD45D7" w14:textId="77777777" w:rsidR="0086771D" w:rsidRPr="00D12FFD" w:rsidRDefault="0008584E" w:rsidP="0086771D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
@@ -859,229 +799,231 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086771D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(please use a PDF converted from the Word document</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="0086771D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and not a scanned PDF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24824E7B" w14:textId="77777777" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+    <w:p w14:paraId="24824E7B" w14:textId="3CE9C2BB" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The document has to be named as followed: “</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">The document has to be named as </w:t>
+      </w:r>
+      <w:r w:rsidR="00220146" w:rsidRPr="00DD2C70">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:r w:rsidR="00220146">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2C70">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: “</w:t>
+      </w:r>
       <w:r w:rsidR="00243C78">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NameFellow_Application_Masterclass_</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>MSCA</w:t>
-[...8 lines deleted...]
-        <w:t>-PF</w:t>
+        <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36098AE4" w14:textId="77777777" w:rsidR="00EC4B3C" w:rsidRDefault="00EC4B3C" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk66019040"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Who can apply for the Masterclass?</w:t>
       </w:r>
       <w:r w:rsidR="005175D6">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27222E3D" w14:textId="5F667073" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
+    <w:p w14:paraId="27222E3D" w14:textId="2F0C6BDF" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00EC4B3C" w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">esearchers must be in possession of a doctoral degree at the date of the call deadline </w:t>
       </w:r>
       <w:r w:rsidR="008752A3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0038074A">
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925454">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve">September </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">September </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...8 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>must have a maximum of 8 years full-time equivalent experience in research</w:t>
@@ -1205,97 +1147,113 @@
     <w:p w14:paraId="781A396B" w14:textId="77777777" w:rsidR="00353FA2" w:rsidRPr="00CA730A" w:rsidRDefault="00353FA2" w:rsidP="00CA730A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00353FA2">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>For Global Postdoctoral Fellowships: Researchers applying for a Global Postdoctoral Fellowship must be nationals or long-term residents of EU Member States or Horizon Europe Associated Countries. Long-term residence means a period of legal and continuous residence within EU Member States or Horizon Europe Associated Countries of at least five consecutive years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2119A5A6" w14:textId="78904ABE" w:rsidR="00721F8C" w:rsidRDefault="00721F8C" w:rsidP="00CA730A">
+    <w:p w14:paraId="2119A5A6" w14:textId="65BDB818" w:rsidR="00721F8C" w:rsidRDefault="00721F8C" w:rsidP="00CA730A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Proposals that were submitted in 202</w:t>
       </w:r>
-      <w:r w:rsidR="00925454">
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and scored less than 70%, can’t be resubmitted in 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925454">
+        <w:t xml:space="preserve"> and scored less than </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92536">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>0%, can’t be resubmitted in 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81B37">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00353FA2">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at the same </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>host institution.</w:t>
       </w:r>
@@ -3390,113 +3348,106 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A58519" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:t>Place of activity</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>place of residence (previous 5 years - most recent one first)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEFD922" w14:textId="3B4894A6" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
+    <w:p w14:paraId="7CEFD922" w14:textId="5A388D9E" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Indicate the period(s) and the country/co</w:t>
       </w:r>
       <w:r w:rsidR="001B21B7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ntries in which you have legally resided and/or had your main activity (work, status, ..) during the last 5 years up until the deadline for the submission of the proposal. Please fill in this section without gaps, until the call deadline (</w:t>
       </w:r>
-      <w:r w:rsidR="00FA10A7" w:rsidRPr="00DA0092">
+      <w:r w:rsidR="00BB32A2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925454">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="00DA0092">
+        <w:t xml:space="preserve"> September </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BCD" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> September </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00426BCD" w:rsidRPr="00DA0092">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB32A2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...6 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1869F161" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
@@ -3820,64 +3771,78 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0A374504" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00E64D8F" w:rsidRDefault="00E64D8F" w:rsidP="00E64D8F">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DATA OF THE </w:t>
       </w:r>
       <w:r w:rsidR="00243C78">
         <w:t>APPLICANT</w:t>
       </w:r>
       <w:r w:rsidR="0008584E" w:rsidRPr="00E64D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055F5ED5" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t>CV of the applicant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C5C395" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
+    <w:p w14:paraId="36C5C395" w14:textId="4857508E" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please enclose the CV of the applicant to this application</w:t>
+        <w:t xml:space="preserve">Please enclose the CV of the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="00220146">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>this application</w:t>
       </w:r>
       <w:r w:rsidR="00B9762B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BECF96D" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
@@ -4127,79 +4092,76 @@
     </w:p>
     <w:p w14:paraId="76F20855" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="00491975" w:rsidRDefault="004676E0" w:rsidP="00491975">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Supervising and mentoring activities. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004676E0" w:rsidRPr="00491975">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AAEE937" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="60E8DBB1" w14:textId="77777777" w:rsidR="00122804" w:rsidRDefault="00122804" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C243DCA" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="37E93551" w14:textId="77777777" w:rsidR="00122804" w:rsidRDefault="00122804" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4209,97 +4171,87 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3BF4FDFB" w14:textId="77777777" w:rsidR="006E3CE2" w:rsidRDefault="006E3CE2">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="300DEDE5" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="007B690F" w:rsidP="00A66994">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5610"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A18C2">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Special Research Fund – </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -4366,134 +4318,124 @@
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DA0092">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="216C392B" w14:textId="795D86D4" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
+  <w:p w14:paraId="216C392B" w14:textId="6C21363C" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00925454">
+    <w:r w:rsidR="00163729">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>February 12, 2025</w:t>
+      <w:t>February 16, 2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38090B43" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="62331382" w14:textId="77777777" w:rsidR="00122804" w:rsidRDefault="00122804" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36AC4D75" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="3F33E259" w14:textId="77777777" w:rsidR="00122804" w:rsidRDefault="00122804" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="528BA61E" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="00F04E27" w:rsidRDefault="007B690F" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
@@ -4516,230 +4458,221 @@
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Export  </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> PDF/XPS document</w:t>
+        <w:t xml:space="preserve"> Create PDF/XPS document</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5270BA5E" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="00732127" w:rsidRDefault="005175D6">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00732127">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">In case of doubt, please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00426BCD" w:rsidRPr="00647F7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>eu-team@ugent.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00732127">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="49AA9073" w14:textId="3AC484AB" w:rsidR="008F03A5" w:rsidRPr="008F03A5" w:rsidRDefault="008F03A5">
+    <w:p w14:paraId="49AA9073" w14:textId="1BE9D9E6" w:rsidR="008F03A5" w:rsidRPr="008F03A5" w:rsidRDefault="008F03A5">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F03A5">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>PhD’s awarded after 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F6626A">
+        <w:t xml:space="preserve">PhD’s awarded after </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>/09/201</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00925454">
+        <w:t>/0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81B37">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/201</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81B37">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> automatically comply with the 8 year rule. For PhD’s awarded previously; </w:t>
       </w:r>
       <w:r w:rsidR="00FC2E5E" w:rsidRPr="00FC2E5E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">contact EU team or check if you are eligible for an extension in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="00925454" w:rsidRPr="00925454">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Guide for Applicants – MSCA PF 2024</w:t>
+          <w:t>Guide for Applicants – MSCA PF 20</w:t>
+        </w:r>
+        <w:r w:rsidR="00391947">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FC2E5E" w:rsidRPr="00FC2E5E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="2F745FA0" w14:textId="77777777" w:rsidR="00491975" w:rsidRPr="00491975" w:rsidRDefault="00491975">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00491975">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E45639">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Chemistry (CHE) • Social Sciences and Humanities (SOC) • Economic Sciences (ECO) • Information Science and Engineering (ENG) • Environment and Geosciences (ENV) • Life Sciences (LIF) • Mathematics (MAT) • Physics (PHY)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F588687" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E7C45FB" wp14:editId="40957272">
           <wp:extent cx="1304925" cy="902335"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="7" name="Afbeelding 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -4917,51 +4850,51 @@
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Research Coordination Office</w:t>
                     </w:r>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7625E502" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A755953" wp14:editId="22F07B54">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4705350</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>542925</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2737485" cy="638175"/>
@@ -8042,305 +7975,323 @@
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1478257056">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1436708014">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="836072190">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="222301265">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="108817322">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1781334033">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66994"/>
     <w:rsid w:val="00003828"/>
     <w:rsid w:val="000065FB"/>
     <w:rsid w:val="000265F0"/>
     <w:rsid w:val="00051932"/>
     <w:rsid w:val="00054AB1"/>
+    <w:rsid w:val="00057E34"/>
     <w:rsid w:val="000747D7"/>
     <w:rsid w:val="00082A11"/>
     <w:rsid w:val="0008584E"/>
     <w:rsid w:val="00085D28"/>
     <w:rsid w:val="00093CFD"/>
     <w:rsid w:val="000B07B6"/>
     <w:rsid w:val="000C508E"/>
     <w:rsid w:val="000D44B3"/>
     <w:rsid w:val="000E522F"/>
     <w:rsid w:val="000F52F4"/>
     <w:rsid w:val="00101A08"/>
     <w:rsid w:val="001023CC"/>
+    <w:rsid w:val="00122804"/>
     <w:rsid w:val="00124CE2"/>
     <w:rsid w:val="00125A1C"/>
     <w:rsid w:val="00137048"/>
     <w:rsid w:val="00160782"/>
+    <w:rsid w:val="00163729"/>
     <w:rsid w:val="001A6878"/>
     <w:rsid w:val="001B21B7"/>
     <w:rsid w:val="001B42F2"/>
     <w:rsid w:val="001C68AF"/>
     <w:rsid w:val="001C7850"/>
     <w:rsid w:val="001F0FEC"/>
+    <w:rsid w:val="00220146"/>
     <w:rsid w:val="00243C78"/>
     <w:rsid w:val="002549AC"/>
     <w:rsid w:val="002621A6"/>
     <w:rsid w:val="002636BB"/>
     <w:rsid w:val="0027024B"/>
     <w:rsid w:val="00275FA4"/>
     <w:rsid w:val="002808FB"/>
     <w:rsid w:val="00283BB5"/>
+    <w:rsid w:val="00284744"/>
     <w:rsid w:val="00292E49"/>
     <w:rsid w:val="00294465"/>
     <w:rsid w:val="002A4FA9"/>
     <w:rsid w:val="002B7593"/>
+    <w:rsid w:val="002C0A12"/>
     <w:rsid w:val="002C4BFB"/>
     <w:rsid w:val="002D2826"/>
     <w:rsid w:val="002D30C5"/>
     <w:rsid w:val="003078AB"/>
     <w:rsid w:val="00322331"/>
     <w:rsid w:val="00341F3F"/>
     <w:rsid w:val="0034750F"/>
     <w:rsid w:val="00353FA2"/>
     <w:rsid w:val="00366743"/>
     <w:rsid w:val="0038074A"/>
+    <w:rsid w:val="00391947"/>
     <w:rsid w:val="003A2863"/>
     <w:rsid w:val="003D5EEF"/>
     <w:rsid w:val="003F00D7"/>
     <w:rsid w:val="0040313F"/>
     <w:rsid w:val="00411891"/>
     <w:rsid w:val="00417502"/>
     <w:rsid w:val="00417611"/>
     <w:rsid w:val="0042135D"/>
     <w:rsid w:val="00426BCD"/>
     <w:rsid w:val="00451836"/>
     <w:rsid w:val="004525D8"/>
     <w:rsid w:val="004676E0"/>
     <w:rsid w:val="00474BA3"/>
     <w:rsid w:val="00491975"/>
     <w:rsid w:val="004B0FCF"/>
     <w:rsid w:val="004B191A"/>
     <w:rsid w:val="004B2581"/>
     <w:rsid w:val="004C44EF"/>
     <w:rsid w:val="004C7589"/>
     <w:rsid w:val="004E4FA0"/>
     <w:rsid w:val="004F4A1E"/>
     <w:rsid w:val="00503D4D"/>
     <w:rsid w:val="005117F4"/>
     <w:rsid w:val="005175D6"/>
     <w:rsid w:val="00522E06"/>
     <w:rsid w:val="00540754"/>
     <w:rsid w:val="00555403"/>
     <w:rsid w:val="0056768A"/>
     <w:rsid w:val="005714A3"/>
     <w:rsid w:val="005817D6"/>
     <w:rsid w:val="00586D32"/>
     <w:rsid w:val="005966D3"/>
     <w:rsid w:val="005B5F2C"/>
     <w:rsid w:val="005D1CAF"/>
     <w:rsid w:val="005F3D53"/>
     <w:rsid w:val="00621750"/>
     <w:rsid w:val="00647B31"/>
+    <w:rsid w:val="00656EA7"/>
     <w:rsid w:val="00657617"/>
+    <w:rsid w:val="0066035C"/>
     <w:rsid w:val="00661C05"/>
     <w:rsid w:val="006864CC"/>
     <w:rsid w:val="00686ED6"/>
     <w:rsid w:val="00687A65"/>
     <w:rsid w:val="006B4393"/>
     <w:rsid w:val="006C271F"/>
     <w:rsid w:val="006E3CE2"/>
     <w:rsid w:val="006E535B"/>
     <w:rsid w:val="006E66C3"/>
     <w:rsid w:val="006F10F3"/>
     <w:rsid w:val="00721F8C"/>
     <w:rsid w:val="00724D9B"/>
     <w:rsid w:val="007253F7"/>
     <w:rsid w:val="00732127"/>
     <w:rsid w:val="00744863"/>
     <w:rsid w:val="00766943"/>
     <w:rsid w:val="007701EF"/>
     <w:rsid w:val="00774710"/>
     <w:rsid w:val="007A352C"/>
+    <w:rsid w:val="007B3A7F"/>
     <w:rsid w:val="007B690F"/>
     <w:rsid w:val="007B7521"/>
     <w:rsid w:val="00801015"/>
     <w:rsid w:val="00805670"/>
     <w:rsid w:val="00813B8D"/>
     <w:rsid w:val="008215F4"/>
     <w:rsid w:val="00827149"/>
     <w:rsid w:val="0084356E"/>
     <w:rsid w:val="008642B8"/>
     <w:rsid w:val="00866832"/>
     <w:rsid w:val="008673C6"/>
     <w:rsid w:val="0086771D"/>
     <w:rsid w:val="008752A3"/>
     <w:rsid w:val="008975D6"/>
     <w:rsid w:val="008A18C2"/>
     <w:rsid w:val="008A257C"/>
     <w:rsid w:val="008A7CCA"/>
     <w:rsid w:val="008E1F92"/>
     <w:rsid w:val="008E4542"/>
     <w:rsid w:val="008E68CC"/>
     <w:rsid w:val="008F03A5"/>
     <w:rsid w:val="009063B7"/>
     <w:rsid w:val="00925454"/>
     <w:rsid w:val="00932DCC"/>
     <w:rsid w:val="00942AD7"/>
     <w:rsid w:val="00955C99"/>
     <w:rsid w:val="009701CF"/>
     <w:rsid w:val="00973B53"/>
     <w:rsid w:val="00987F60"/>
     <w:rsid w:val="009A70B8"/>
     <w:rsid w:val="009A7126"/>
     <w:rsid w:val="009C70E5"/>
     <w:rsid w:val="009E15ED"/>
     <w:rsid w:val="00A378AD"/>
+    <w:rsid w:val="00A429BF"/>
     <w:rsid w:val="00A4616E"/>
     <w:rsid w:val="00A66994"/>
     <w:rsid w:val="00A720AD"/>
     <w:rsid w:val="00AA2FB2"/>
     <w:rsid w:val="00AB4E23"/>
     <w:rsid w:val="00AC1474"/>
     <w:rsid w:val="00AC2E7B"/>
     <w:rsid w:val="00AD068C"/>
     <w:rsid w:val="00AF2D3A"/>
+    <w:rsid w:val="00AF6088"/>
     <w:rsid w:val="00B06465"/>
     <w:rsid w:val="00B104F9"/>
     <w:rsid w:val="00B171D8"/>
     <w:rsid w:val="00B20F44"/>
     <w:rsid w:val="00B226A2"/>
+    <w:rsid w:val="00B438C3"/>
     <w:rsid w:val="00B740EB"/>
     <w:rsid w:val="00B7544F"/>
     <w:rsid w:val="00B84A22"/>
+    <w:rsid w:val="00B92D47"/>
     <w:rsid w:val="00B9762B"/>
     <w:rsid w:val="00BB2F6A"/>
+    <w:rsid w:val="00BB32A2"/>
     <w:rsid w:val="00BD788C"/>
     <w:rsid w:val="00BF09C1"/>
     <w:rsid w:val="00C10173"/>
     <w:rsid w:val="00C11D21"/>
+    <w:rsid w:val="00C81B37"/>
     <w:rsid w:val="00C917A4"/>
     <w:rsid w:val="00CA730A"/>
     <w:rsid w:val="00CC1798"/>
     <w:rsid w:val="00D12FFD"/>
     <w:rsid w:val="00D2754A"/>
     <w:rsid w:val="00D31C3D"/>
     <w:rsid w:val="00D46984"/>
     <w:rsid w:val="00D5746F"/>
+    <w:rsid w:val="00D72A3F"/>
     <w:rsid w:val="00D97720"/>
     <w:rsid w:val="00DA0092"/>
     <w:rsid w:val="00DC04D6"/>
     <w:rsid w:val="00DC288B"/>
     <w:rsid w:val="00DC3651"/>
     <w:rsid w:val="00DD5A9D"/>
     <w:rsid w:val="00E07820"/>
     <w:rsid w:val="00E352FA"/>
     <w:rsid w:val="00E45639"/>
     <w:rsid w:val="00E467F4"/>
     <w:rsid w:val="00E64D8F"/>
     <w:rsid w:val="00E87936"/>
     <w:rsid w:val="00E914BE"/>
+    <w:rsid w:val="00E92536"/>
     <w:rsid w:val="00E92779"/>
     <w:rsid w:val="00E9796A"/>
     <w:rsid w:val="00EA7A65"/>
     <w:rsid w:val="00EB1EAE"/>
     <w:rsid w:val="00EC4528"/>
     <w:rsid w:val="00EC4B3C"/>
     <w:rsid w:val="00EF1458"/>
     <w:rsid w:val="00EF2971"/>
     <w:rsid w:val="00F04E27"/>
     <w:rsid w:val="00F0727E"/>
     <w:rsid w:val="00F24671"/>
     <w:rsid w:val="00F30326"/>
     <w:rsid w:val="00F46BF1"/>
     <w:rsid w:val="00F54E6D"/>
     <w:rsid w:val="00F6626A"/>
     <w:rsid w:val="00F84623"/>
     <w:rsid w:val="00FA10A7"/>
     <w:rsid w:val="00FA16A3"/>
     <w:rsid w:val="00FA6438"/>
     <w:rsid w:val="00FA74F5"/>
     <w:rsid w:val="00FC0D03"/>
     <w:rsid w:val="00FC2E5E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1AEB847B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{14931918-8A09-4311-BFF6-9D1C0445220B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -10362,62 +10313,62 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="646275842">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://circabc.europa.eu/ui/group/9a4230a6-2769-4067-b136-3e238ae65fa6/library/4f0c4d21-f240-4578-b1f0-cfe860adae11/details" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eu-team@ugent.be" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ugentbe.sharepoint.com/sites/CA2020_mscapostdocs/Master%20Class%20training%20materials/Forms/AllItems.aspx?id=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials%2FGuide%20for%20applicants%5FMSCA%20PF%202025%2Epdf&amp;parent=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eu-team@ugent.be" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>