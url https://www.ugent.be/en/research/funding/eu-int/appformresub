--- v0 (2025-12-26)
+++ v1 (2026-02-26)
@@ -7,62 +7,62 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08A59B9B" w14:textId="77777777" w:rsidR="00137048" w:rsidRPr="0038074A" w:rsidRDefault="00137048" w:rsidP="00A66994">
+    <w:p w14:paraId="20F2B4A6" w14:textId="77777777" w:rsidR="00137048" w:rsidRPr="0038074A" w:rsidRDefault="00137048" w:rsidP="00A66994">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="544F3E6F" w14:textId="77777777" w:rsidR="00522E06" w:rsidRDefault="00243C78" w:rsidP="007701EF">
+    <w:p w14:paraId="1A090499" w14:textId="77777777" w:rsidR="00522E06" w:rsidRDefault="00243C78" w:rsidP="007701EF">
       <w:pPr>
         <w:pStyle w:val="titel1"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-873"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="-307"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="259"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="825"/>
           <w:tab w:val="left" w:pos="1392"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1958"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2524"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3091"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3657"/>
           <w:tab w:val="left" w:pos="4224"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4790"/>
           <w:tab w:val="left" w:pos="5040"/>
@@ -141,700 +141,616 @@
       <w:r w:rsidR="00522E06">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(MSCA-PF) </w:t>
       </w:r>
       <w:r w:rsidR="00522E06">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">at Ghent University </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1AF9D8" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009E3841" w:rsidRDefault="0008584E" w:rsidP="007701EF">
+    <w:p w14:paraId="67020F36" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009E3841" w:rsidRDefault="0008584E" w:rsidP="007701EF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9206" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3348"/>
         <w:gridCol w:w="5858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4542" w:rsidRPr="008E4542" w14:paraId="3DEF2FC9" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="008E4542" w:rsidRPr="008E4542" w14:paraId="07C7ED15" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48EFC549" w14:textId="77777777" w:rsidR="008E4542" w:rsidRPr="00EC4528" w:rsidRDefault="008E4542" w:rsidP="008E4542">
+          <w:p w14:paraId="550E7C35" w14:textId="77777777" w:rsidR="008E4542" w:rsidRPr="00EC4528" w:rsidRDefault="008E4542" w:rsidP="008E4542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Future Host Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31705810" w14:textId="77777777" w:rsidR="008E4542" w:rsidRPr="00EC4528" w:rsidRDefault="00341F3F" w:rsidP="0008584E">
+          <w:p w14:paraId="27BFE52E" w14:textId="77777777" w:rsidR="008E4542" w:rsidRPr="00EC4528" w:rsidRDefault="00341F3F" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ghent University</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008584E" w:rsidRPr="00D51506" w14:paraId="47ABE492" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="0008584E" w:rsidRPr="00677853" w14:paraId="509BBAA9" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0900EC" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="00EC4528" w:rsidP="008E4542">
+          <w:p w14:paraId="1BDEEA2A" w14:textId="0E6D3B61" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="00EC4528" w:rsidP="008E4542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name s</w:t>
             </w:r>
             <w:r w:rsidR="00F0727E" w:rsidRPr="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>upervisor</w:t>
-            </w:r>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">future Host Institution </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20751B7A" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+          <w:p w14:paraId="51CA1530" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00EC4528" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="009B0706" w14:paraId="17A75757" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="009B0706" w14:paraId="539037EB" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="286C994B" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="00051B10" w:rsidRDefault="00243C78" w:rsidP="00EC4528">
+          <w:p w14:paraId="0154D8A3" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="00051B10" w:rsidRDefault="00243C78" w:rsidP="00EC4528">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Faculty</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Faculty </w:t>
+            </w:r>
+            <w:r w:rsidR="008E1F92">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">of the </w:t>
             </w:r>
             <w:r w:rsidR="00EC4528">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6941AD6E" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
+          <w:p w14:paraId="2F07A6A1" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D12FFD" w:rsidRPr="009B0706" w14:paraId="103DCB4E" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00D12FFD" w:rsidRPr="009B0706" w14:paraId="0AAD96FE" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09CE5A2F" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRDefault="00EC4528" w:rsidP="005714A3">
+          <w:p w14:paraId="5EBE1803" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRDefault="00EC4528" w:rsidP="005714A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Department</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Department </w:t>
+            </w:r>
+            <w:r w:rsidR="008E1F92">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C666BAE" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="009B0706" w:rsidRDefault="00D12FFD" w:rsidP="0008584E">
+          <w:p w14:paraId="3DAC00F5" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="009B0706" w:rsidRDefault="00D12FFD" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008584E" w:rsidRPr="009B0706" w14:paraId="18883DD4" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="0008584E" w:rsidRPr="009B0706" w14:paraId="35338072" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAD21B0" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00051B10" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
+          <w:p w14:paraId="40863589" w14:textId="4C5DCB45" w:rsidR="0008584E" w:rsidRPr="00051B10" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name f</w:t>
             </w:r>
             <w:r w:rsidR="00243C78">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ellow </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00677853">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidR="00243C78">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>applicant</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00677853">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F2392C" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009B0706" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+          <w:p w14:paraId="77C0A980" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009B0706" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0008584E" w:rsidRPr="009B0706" w14:paraId="079803F9" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="0008584E" w:rsidRPr="009B0706" w14:paraId="65E00DC9" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB8B69F" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00051B10" w:rsidRDefault="005714A3" w:rsidP="005714A3">
+          <w:p w14:paraId="13D37374" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00051B10" w:rsidRDefault="005714A3" w:rsidP="005714A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00243C78">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>esearch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> field</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7242CBF9" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009B0706" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+          <w:p w14:paraId="3200DB0B" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="009B0706" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="009B0706" w14:paraId="08721C50" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="009B0706" w14:paraId="735A52F0" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DDD2C50" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="00051B10" w:rsidRDefault="00243C78" w:rsidP="00243C78">
+          <w:p w14:paraId="5F7DBB39" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="00051B10" w:rsidRDefault="00243C78" w:rsidP="00243C78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of PhD award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58F9F67E" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
+          <w:p w14:paraId="7584666D" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="009B0706" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00243C78" w:rsidRPr="00D51506" w14:paraId="138CAAF8" w14:textId="77777777" w:rsidTr="00125A1C">
+      <w:tr w:rsidR="00243C78" w:rsidRPr="00B72BB6" w14:paraId="095D8CB6" w14:textId="77777777" w:rsidTr="00125A1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB4E90E" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
+          <w:p w14:paraId="6B2CBE64" w14:textId="16690154" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institution who awarded </w:t>
+              <w:t xml:space="preserve">Institution </w:t>
+            </w:r>
+            <w:r w:rsidR="000F4221">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006864CC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> awarded </w:t>
             </w:r>
             <w:r w:rsidR="00B740EB" w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">or will award </w:t>
             </w:r>
             <w:r w:rsidRPr="006864CC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PhD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635D7635" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
-[...40 lines deleted...]
-          <w:p w14:paraId="6DE45FFB" w14:textId="77777777" w:rsidR="00995FCB" w:rsidRPr="006864CC" w:rsidRDefault="00995FCB" w:rsidP="0008584E">
+          <w:p w14:paraId="2E90F040" w14:textId="77777777" w:rsidR="00243C78" w:rsidRPr="006864CC" w:rsidRDefault="00243C78" w:rsidP="0008584E">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42E80B97" w14:textId="77777777" w:rsidR="009063B7" w:rsidRDefault="009063B7" w:rsidP="007701EF">
+    <w:p w14:paraId="64EBE434" w14:textId="77777777" w:rsidR="009063B7" w:rsidRDefault="009063B7" w:rsidP="007701EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B1188D4" w14:textId="74B66FE6" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
+    <w:p w14:paraId="489E80AC" w14:textId="538A247E" w:rsidR="007701EF" w:rsidRDefault="00EC4528" w:rsidP="0008584E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline: </w:t>
       </w:r>
-      <w:r w:rsidR="003E698E">
+      <w:r w:rsidR="00D12C05">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D51506">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00257504">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009600D1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> April 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D51506">
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12C05">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, 12</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EC4528">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>, 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4528">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>:00 CET</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABB1936" w14:textId="77777777" w:rsidR="0086771D" w:rsidRPr="00D12FFD" w:rsidRDefault="0008584E" w:rsidP="0086771D">
+    <w:p w14:paraId="03BB21E7" w14:textId="77777777" w:rsidR="0086771D" w:rsidRPr="00D12FFD" w:rsidRDefault="0008584E" w:rsidP="0086771D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The application has to be submitted </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
@@ -890,573 +806,584 @@
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r w:rsidR="00AC1474" w:rsidRPr="00D12FFD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ith the applicant in cc</w:t>
       </w:r>
       <w:r w:rsidR="00EC4528">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C3118D" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="0086771D" w:rsidRDefault="0008584E" w:rsidP="0086771D">
+    <w:p w14:paraId="3D103F1C" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="0086771D" w:rsidRDefault="0008584E" w:rsidP="0086771D">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086771D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(please use a PDF converted from the Word document</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="0086771D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and not a scanned PDF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0484F50A" w14:textId="77777777" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+    <w:p w14:paraId="3351E4BF" w14:textId="1F347F8D" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2C70">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The document has to be named as followed: “</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>The document has to be named as follow</w:t>
+      </w:r>
+      <w:r w:rsidR="005255CB">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2C70">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: “</w:t>
+      </w:r>
       <w:r w:rsidR="00243C78">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NameFellow_Application_Masterclass_</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>MSCA</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>MSCA-PF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2C70">
+        <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>-PF</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB9378D" w14:textId="77777777" w:rsidR="00EC4B3C" w:rsidRDefault="00EC4B3C" w:rsidP="00341F3F">
+    <w:p w14:paraId="67C1497A" w14:textId="77777777" w:rsidR="00EC4B3C" w:rsidRDefault="00EC4B3C" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk66019040"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Who can apply for the Masterclass?</w:t>
       </w:r>
       <w:r w:rsidR="005175D6">
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9521E6" w14:textId="01D217D2" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
+    <w:p w14:paraId="7D2CC234" w14:textId="0E8E9C79" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="008E1F92" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00EC4B3C" w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">esearchers  must be in possession of a doctoral degree at the date of the call deadline </w:t>
       </w:r>
       <w:r w:rsidR="008752A3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0038074A">
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D51506">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00426BCD" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve">September </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">September </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D1CAF" w:rsidRPr="00341F3F">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1F92">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E1F92">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
+        <w:rPr>
+          <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and </w:t>
+        <w:t>must have a maximum of 8 years full-time equivalent experience in research</w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
         <w:rPr>
-          <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>must have a maximum of 8 years full-time equivalent experience in research</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
+        <w:t>, measured from the date that the researcher was in a possession of a doctoral degree and certified by appropriate documents.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F03A5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, measured from the date that the researcher was in a possession of a doctoral degree and certified by appropriate documents.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F03A5">
         <w:rPr>
+          <w:rStyle w:val="Voetnootmarkering"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734229D3" w14:textId="77777777" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="00EC4B3C" w:rsidP="00341F3F">
+    <w:p w14:paraId="392352E1" w14:textId="77777777" w:rsidR="00EC4B3C" w:rsidRPr="008E1F92" w:rsidRDefault="00EC4B3C" w:rsidP="00341F3F">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Researchers may not have resided or carried out their main activity (work, studies, etc.) in Belgium for more than 12 months in the three years immediately</w:t>
       </w:r>
       <w:r w:rsidR="008E1F92" w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>before the call deadline</w:t>
       </w:r>
       <w:r w:rsidR="008E1F92" w:rsidRPr="008E1F92">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4B8979" w14:textId="77777777" w:rsidR="00721F8C" w:rsidRDefault="00341F3F" w:rsidP="005966D3">
+    <w:p w14:paraId="1B2F63AC" w14:textId="77777777" w:rsidR="00721F8C" w:rsidRDefault="00341F3F" w:rsidP="005966D3">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00341F3F">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Supported researchers can be of any nationality.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E5D0AF" w14:textId="71D40D27" w:rsidR="00721F8C" w:rsidRDefault="00721F8C" w:rsidP="005966D3">
+    <w:p w14:paraId="040F8079" w14:textId="7B0A1C04" w:rsidR="00721F8C" w:rsidRDefault="00721F8C" w:rsidP="005966D3">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Proposals that were submitted in 202</w:t>
       </w:r>
-      <w:r w:rsidR="00D51506">
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with UGent as host, and scored less than 70%, can’t be resubmitted in 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D51506">
+        <w:t xml:space="preserve"> with UGent as host, and scored less than </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92F3D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with U</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00257504">
+        <w:t>0%, can’t be resubmitted in 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9090A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>G</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ent as host.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
+        <w:t xml:space="preserve"> with U</w:t>
+      </w:r>
+      <w:r w:rsidR="009600D1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ent as host.</w:t>
+      </w:r>
+      <w:r w:rsidR="00341F3F" w:rsidRPr="00341F3F">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="7383885C" w14:textId="77777777" w:rsidR="007701EF" w:rsidRPr="005966D3" w:rsidRDefault="007701EF" w:rsidP="005966D3">
+    <w:p w14:paraId="61C06444" w14:textId="77777777" w:rsidR="007701EF" w:rsidRPr="005966D3" w:rsidRDefault="007701EF" w:rsidP="005966D3">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005966D3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:noProof/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181339DE" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B" w:rsidP="00B9762B">
+    <w:p w14:paraId="2CD37B64" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B" w:rsidP="00B9762B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:smallCaps/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="349FCAA6" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+    <w:p w14:paraId="48317A61" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="0008584E" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:smallCaps/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000626AC">
         <w:rPr>
           <w:smallCaps/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administrative data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="712E0357" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="00243C78" w:rsidP="00275FA4">
+    <w:p w14:paraId="2D30A6EB" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="00243C78" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provisional </w:t>
       </w:r>
       <w:r w:rsidR="00732127">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">itle and acronym of the </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidR="0008584E" w:rsidRPr="000626AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>application</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0008584E" w:rsidRPr="000626AC" w14:paraId="3CE6DD14" w14:textId="77777777" w:rsidTr="00586D32">
+      <w:tr w:rsidR="0008584E" w:rsidRPr="000626AC" w14:paraId="05BD2EAC" w14:textId="77777777" w:rsidTr="00586D32">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1000"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4313EC" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+          <w:p w14:paraId="3E804A61" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000626AC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="350"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000626AC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1503,421 +1430,421 @@
             </w:r>
             <w:r w:rsidRPr="000626AC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000626AC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000626AC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61600D30" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="0008584E" w:rsidP="0008584E">
+          <w:p w14:paraId="5AB2503E" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="000626AC" w:rsidRDefault="0008584E" w:rsidP="0008584E">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FBC1EA8" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRDefault="00D12FFD" w:rsidP="00D12FFD">
+    <w:p w14:paraId="45B42F49" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRDefault="00D12FFD" w:rsidP="00D12FFD">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EF0FD6D" w14:textId="77777777" w:rsidR="00C917A4" w:rsidRDefault="00243C78" w:rsidP="00275FA4">
+    <w:p w14:paraId="2C86E334" w14:textId="77777777" w:rsidR="00C917A4" w:rsidRDefault="00243C78" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t>Applicant</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4181"/>
         <w:gridCol w:w="5312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00744863" w:rsidRPr="00DB6010" w14:paraId="00C7CAE5" w14:textId="77777777" w:rsidTr="00E45639">
+      <w:tr w:rsidR="00744863" w:rsidRPr="00DB6010" w14:paraId="0489C9CE" w14:textId="77777777" w:rsidTr="00E45639">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4037"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E373C1B" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="4DC71A01" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name, first name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="180994E1" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="6A3D8994" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Place of birth</w:t>
             </w:r>
             <w:r w:rsidR="00F04E27">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (city, country)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42A130A3" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="55D3DE36" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CD3C032" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="3C00A997" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sex</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="228115FB" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="0076D5E2" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Nationality</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D351387" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00744863">
+          <w:p w14:paraId="69F7F246" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Nationality 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="083AF79D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="681669F4" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Civil status</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="593A0625" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="3EEBAAFB" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Home address</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="220A978E" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="720B23E4" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Current place of residence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B64DB76" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00744863">
+          <w:p w14:paraId="306CD153" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Current organisation name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3743EC2C" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="59A71B6B" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Home telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43C83790" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="7AD3AF89" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Work telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73087882" w14:textId="77777777" w:rsidR="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="2602088B" w14:textId="77777777" w:rsidR="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27041454" w14:textId="77777777" w:rsidR="005F3D53" w:rsidRPr="00744863" w:rsidRDefault="00E45639" w:rsidP="00744863">
+          <w:p w14:paraId="370E7405" w14:textId="77777777" w:rsidR="005F3D53" w:rsidRPr="00744863" w:rsidRDefault="00E45639" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ORCID-ID</w:t>
             </w:r>
             <w:r w:rsidR="005F3D53" w:rsidRPr="005F3D53">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (public</w:t>
             </w:r>
             <w:r w:rsidR="00721F8C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
             <w:r w:rsidR="005F3D53" w:rsidRPr="005F3D53">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> available)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="628CB327" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00F04E27" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="4085AE25" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00F04E27" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5312" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC1DACD" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="6376A279" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
@@ -1957,51 +1884,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09F3B913" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="5943DE69" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2049,51 +1976,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="660FD622" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="1BB855E9" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2141,75 +2068,75 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0896B417" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="09C4977A" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Tekstvak2"/>
+            <w:bookmarkStart w:id="2" w:name="Tekstvak2"/>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
@@ -2233,53 +2160,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
-          <w:p w14:paraId="188792C0" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="55F3CFE7" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2327,51 +2254,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="241592AA" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="057BADAF" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2419,51 +2346,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AA83F19" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="74C2C11A" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2511,51 +2438,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53899CE3" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="6E76FAED" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2603,51 +2530,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6154A580" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="6585594C" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2695,51 +2622,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="075E1511" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="47BF948C" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2787,51 +2714,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F5AE06D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="1BB293D5" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -2879,51 +2806,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C6098BB" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
+          <w:p w14:paraId="2CDE051B" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2973,51 +2900,51 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40CFFD53" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="5C76B586" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
@@ -3065,51 +2992,51 @@
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6010">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06362642" w14:textId="77777777" w:rsidR="005F3D53" w:rsidRPr="00744863" w:rsidRDefault="005F3D53" w:rsidP="005F3D53">
+          <w:p w14:paraId="511EB1EA" w14:textId="77777777" w:rsidR="005F3D53" w:rsidRPr="00744863" w:rsidRDefault="005F3D53" w:rsidP="005F3D53">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3159,319 +3086,319 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="666661EE" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="219C4EDA" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00DB6010" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BBF6818" w14:textId="77777777" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="00C917A4">
+    <w:p w14:paraId="350F97B0" w14:textId="77777777" w:rsidR="0008584E" w:rsidRDefault="0008584E" w:rsidP="00C917A4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49091D56" w14:textId="77777777" w:rsidR="00C917A4" w:rsidRDefault="00721F8C" w:rsidP="00275FA4">
+    <w:p w14:paraId="323B0917" w14:textId="77777777" w:rsidR="00C917A4" w:rsidRDefault="00721F8C" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">UGent </w:t>
       </w:r>
       <w:r w:rsidR="00F0727E">
         <w:t>Supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00C917A4" w:rsidRPr="00C917A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4120"/>
         <w:gridCol w:w="5373"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00744863" w:rsidRPr="00744863" w14:paraId="4B27EE47" w14:textId="77777777" w:rsidTr="00E45639">
+      <w:tr w:rsidR="00744863" w:rsidRPr="00744863" w14:paraId="5757FEE0" w14:textId="77777777" w:rsidTr="00E45639">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4120" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB74F8E" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="1DD87C24" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name, first name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C7404E6" w14:textId="77777777" w:rsidR="00744863" w:rsidRDefault="00744863" w:rsidP="00F04E27">
+          <w:p w14:paraId="151F412E" w14:textId="77777777" w:rsidR="00744863" w:rsidRDefault="00744863" w:rsidP="00F04E27">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04E27">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Institution(s) of appointment </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09ECF7C0" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
+          <w:p w14:paraId="6B143BDA" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62E92E88" w14:textId="77777777" w:rsidR="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="0249189A" w14:textId="77777777" w:rsidR="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26AAF093" w14:textId="77777777" w:rsidR="00EC4528" w:rsidRDefault="00EC4528" w:rsidP="00744863">
+          <w:p w14:paraId="49418FE8" w14:textId="77777777" w:rsidR="00EC4528" w:rsidRDefault="00EC4528" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Department Code</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06DBF0BA" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
+          <w:p w14:paraId="733A8774" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
             <w:pPr>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EAEC153" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="276B6B9F" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="513B5801" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00744863">
+          <w:p w14:paraId="5F0C7D9D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CAC09CF" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
+          <w:p w14:paraId="7D3BDB7B" w14:textId="7112F685" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E45639">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ORCID-ID promoter (public</w:t>
+              <w:t>ORCID-ID (public</w:t>
             </w:r>
             <w:r w:rsidR="00721F8C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
             <w:r w:rsidRPr="00E45639">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> available)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F01362C" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="7C5FE9A7" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Tekstvak3"/>
+            <w:bookmarkStart w:id="3" w:name="Tekstvak3"/>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
@@ -3495,53 +3422,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w14:paraId="0C880616" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00B9762B" w:rsidP="00744863">
+          <w:p w14:paraId="0693A222" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00B9762B" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3591,62 +3518,62 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="595E3423" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00744863">
+          <w:p w14:paraId="68BFAC92" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E02FAC2" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="1C4C3C0D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Tekstvak3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3696,51 +3623,51 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="235AA85D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
+          <w:p w14:paraId="33A87E7D" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="00744863" w:rsidP="00744863">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3790,51 +3717,51 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67F9C0FD" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
+          <w:p w14:paraId="62094AFD" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00744863" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3884,51 +3811,51 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="736D9581" w14:textId="77777777" w:rsidR="00EC4528" w:rsidRPr="00744863" w:rsidRDefault="00EC4528" w:rsidP="00EC4528">
+          <w:p w14:paraId="198EB3FD" w14:textId="77777777" w:rsidR="00EC4528" w:rsidRPr="00744863" w:rsidRDefault="00EC4528" w:rsidP="00EC4528">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3978,51 +3905,51 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E0D6FC5" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="001B21B7">
+          <w:p w14:paraId="129BAFDA" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="001B21B7">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4072,51 +3999,51 @@
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7485C6C8" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00F04E27">
+          <w:p w14:paraId="79B607D9" w14:textId="77777777" w:rsidR="00744863" w:rsidRPr="00744863" w:rsidRDefault="001B21B7" w:rsidP="00F04E27">
             <w:pPr>
               <w:pStyle w:val="standaard0"/>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4165,1598 +4092,1652 @@
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00744863">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55ECEAF0" w14:textId="77777777" w:rsidR="00275FA4" w:rsidRDefault="00275FA4" w:rsidP="00275FA4"/>
-    <w:p w14:paraId="7CFDEE86" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRPr="001B21B7" w:rsidRDefault="001B21B7" w:rsidP="003A2863">
+    <w:p w14:paraId="65D9B8B4" w14:textId="77777777" w:rsidR="00275FA4" w:rsidRDefault="00275FA4" w:rsidP="00275FA4"/>
+    <w:p w14:paraId="6C8FCFB8" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRPr="001B21B7" w:rsidRDefault="001B21B7" w:rsidP="003A2863">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7545"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34B475C1" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B">
+    <w:p w14:paraId="6420A91F" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A163652" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRDefault="00341F3F" w:rsidP="004B191A">
+    <w:p w14:paraId="5404FE06" w14:textId="77777777" w:rsidR="001B21B7" w:rsidRDefault="00341F3F" w:rsidP="004B191A">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
         <w:rPr>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidR="004B191A">
         <w:rPr>
           <w:lang w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> panel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112EAD07" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00E45639" w:rsidP="00E45639">
+    <w:p w14:paraId="5E921E5E" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00E45639" w:rsidP="00E45639">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E45639">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>if possible, specify on</w:t>
       </w:r>
       <w:r w:rsidR="00B9762B">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E45639">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00E45639">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> scientific areas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B092BA" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="005175D6" w:rsidRDefault="005175D6" w:rsidP="00721F8C">
+    <w:p w14:paraId="26A3F576" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="005175D6" w:rsidRDefault="005175D6" w:rsidP="00721F8C">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="1813"/>
         <w:gridCol w:w="1813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B9762B" w:rsidRPr="00D51506" w14:paraId="2B7C4CF7" w14:textId="77777777" w:rsidTr="00B34798">
+      <w:tr w:rsidR="00B9762B" w:rsidRPr="00B72BB6" w14:paraId="49790F1A" w14:textId="77777777" w:rsidTr="00B34798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF9B159" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
+          <w:p w14:paraId="7B0C6643" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C15A3FC" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
+          <w:p w14:paraId="25BC1399" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7540CFBD" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
+          <w:p w14:paraId="3B48A6C7" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="526E73A7" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
+          <w:p w14:paraId="6D330418" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7257C061" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
+          <w:p w14:paraId="59310AD2" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="001B21B7" w:rsidRDefault="00B9762B" w:rsidP="00B34798">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AA15FCB" w14:textId="77777777" w:rsidR="003A2863" w:rsidRDefault="003A2863">
+    <w:p w14:paraId="4445391A" w14:textId="77777777" w:rsidR="003A2863" w:rsidRDefault="003A2863">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BE4D432" w14:textId="77777777" w:rsidR="008642B8" w:rsidRDefault="008642B8" w:rsidP="008642B8">
+    <w:p w14:paraId="2EAC806D" w14:textId="77777777" w:rsidR="008642B8" w:rsidRDefault="008642B8" w:rsidP="008642B8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14AD801F" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
+    <w:p w14:paraId="2AC7913E" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:t>Place of activity</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="006B4393">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:t>place of residence (previous 5 years - most recent one first)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F18E5C6" w14:textId="7A81B878" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
+    <w:p w14:paraId="451BC17A" w14:textId="12B12EEB" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="006B4393">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Indicate the period(s) and the country/co</w:t>
       </w:r>
       <w:r w:rsidR="001B21B7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ntries in which you have legally resided and/or had your main activity (work, status, ..) during the last 5 years up until the deadline for the submission of the proposal. Please fill in this section without gaps, until the call deadline (</w:t>
       </w:r>
-      <w:r w:rsidR="00FA10A7" w:rsidRPr="00DA0092">
-[...11 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00003828" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> September </w:t>
       </w:r>
       <w:r w:rsidR="00426BCD" w:rsidRPr="00DA0092">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00D51506">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5933C5D4" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
+    <w:p w14:paraId="54DA49E0" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRPr="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E45639" w14:paraId="297EE1B3" w14:textId="77777777" w:rsidTr="00B9762B">
+      <w:tr w:rsidR="00E45639" w14:paraId="3B63ABF0" w14:textId="77777777" w:rsidTr="00B9762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32393B3F" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00F04E27" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="5550E712" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00F04E27" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04E27">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Period from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58A2A292" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00F04E27" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="1BBD8F6F" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00F04E27" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04E27">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Period to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7243AE33" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00F04E27" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="52344C65" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00F04E27" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04E27">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Country </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45639" w14:paraId="30345BC2" w14:textId="77777777" w:rsidTr="00B9762B">
+      <w:tr w:rsidR="00E45639" w14:paraId="78BC724C" w14:textId="77777777" w:rsidTr="00B9762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A55D95" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="79C7E994" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A03D087" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="0558D957" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F63BC1B" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="3C969AC6" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45639" w14:paraId="230FBECD" w14:textId="77777777" w:rsidTr="00B9762B">
+      <w:tr w:rsidR="00E45639" w14:paraId="63EE395A" w14:textId="77777777" w:rsidTr="00B9762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63B0F65E" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="7079BBAD" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E86CA3" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="0921D59C" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9C5FAF" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="720C7B97" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45639" w14:paraId="7310D587" w14:textId="77777777" w:rsidTr="00B9762B">
+      <w:tr w:rsidR="00E45639" w14:paraId="311ACB24" w14:textId="77777777" w:rsidTr="00B9762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E178CA0" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="451B284F" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="587A9AE8" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="3DE626C8" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7295ACBD" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="416A9675" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45639" w14:paraId="129965DC" w14:textId="77777777" w:rsidTr="00E45639">
+      <w:tr w:rsidR="00E45639" w14:paraId="2AC088EF" w14:textId="77777777" w:rsidTr="00E45639">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67DC9A72" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="6BEFE63D" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="151DF1BE" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="6D609AE8" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38CFAFD6" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="2E23B416" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45639" w14:paraId="1B5CF9BA" w14:textId="77777777" w:rsidTr="00E45639">
+      <w:tr w:rsidR="00E45639" w14:paraId="4C8F702A" w14:textId="77777777" w:rsidTr="00E45639">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21E5567B" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="3752039A" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="763370F1" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="60610F6C" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E80B999" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="06999255" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45639" w14:paraId="55AF8D96" w14:textId="77777777" w:rsidTr="00E45639">
+      <w:tr w:rsidR="00E45639" w14:paraId="571F65CE" w14:textId="77777777" w:rsidTr="00E45639">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58E51190" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="35CED852" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66DF959B" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="5B4D8C31" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7B4269" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
+          <w:p w14:paraId="49081BCD" w14:textId="77777777" w:rsidR="00E45639" w:rsidRDefault="00E45639" w:rsidP="00F04E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4AD78C5B" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
+    <w:p w14:paraId="6A9183F9" w14:textId="77777777" w:rsidR="00F04E27" w:rsidRDefault="00F04E27" w:rsidP="00F04E27">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A30693B" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
-[...26 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6B80D620" w14:textId="27602127" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00792E9B">
+      <w:pPr>
+        <w:pStyle w:val="Kop2"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Previous </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005E55C4">
+        <w:t>tax-free</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> fellowship in Belgium </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B9318D" w14:textId="77777777" w:rsidR="003E698E" w:rsidRPr="00792E9B" w:rsidRDefault="007827D5" w:rsidP="003E698E">
+    <w:p w14:paraId="48A36E54" w14:textId="79086588" w:rsidR="00792E9B" w:rsidRPr="00792E9B" w:rsidRDefault="000F4221" w:rsidP="00792E9B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Did</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="007827D5">
+        <w:t>Have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>you ever receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB75B2">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-free</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> PhD fellowship or </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="007827D5">
+      <w:r w:rsidR="005E55C4" w:rsidRPr="00792E9B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r w:rsidR="005E55C4">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-free</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E9B" w:rsidRPr="00792E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> postdoctoral fellowship in Belgium? </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk158909088"/>
-[...16 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk158909088"/>
+      <w:r w:rsidR="00AF3400">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is an important question because we need to determine whether the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MSCA funding</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3400">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is sufficient to cover your wage cost.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007827D5" w:rsidRPr="007827D5" w14:paraId="6A48D2E9" w14:textId="77777777" w:rsidTr="00B00950">
+      <w:tr w:rsidR="00792E9B" w:rsidRPr="00F04E27" w14:paraId="54619253" w14:textId="77777777" w:rsidTr="00B00950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00FC53A1" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="40CC6B26" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRPr="00F04E27" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007827D5">
+            <w:r w:rsidRPr="00F04E27">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Period from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B20F44B" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
+          <w:p w14:paraId="7D377A73" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRPr="00F04E27" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007827D5">
+            <w:r w:rsidRPr="00F04E27">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Period to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007827D5" w:rsidRPr="007827D5" w14:paraId="5451D090" w14:textId="77777777" w:rsidTr="00B00950">
+      <w:tr w:rsidR="00792E9B" w14:paraId="2A72AF28" w14:textId="77777777" w:rsidTr="00B00950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D02F28" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
+          <w:p w14:paraId="3E37606E" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BADC454" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
+          <w:p w14:paraId="6D7B337A" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007827D5" w:rsidRPr="007827D5" w14:paraId="0754CAE7" w14:textId="77777777" w:rsidTr="00B00950">
+      <w:tr w:rsidR="00792E9B" w14:paraId="0D7D0B84" w14:textId="77777777" w:rsidTr="00B00950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61BAFC80" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
+          <w:p w14:paraId="0CB6514C" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D75B2AF" w14:textId="77777777" w:rsidR="007827D5" w:rsidRPr="007827D5" w:rsidRDefault="007827D5" w:rsidP="007827D5">
+          <w:p w14:paraId="49599A30" w14:textId="77777777" w:rsidR="00792E9B" w:rsidRDefault="00792E9B" w:rsidP="00B00950">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AF8C5E6" w14:textId="77777777" w:rsidR="0084356E" w:rsidRDefault="0084356E">
+    <w:p w14:paraId="53553B2D" w14:textId="77777777" w:rsidR="00AF3400" w:rsidRDefault="00AF3400">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39CC47A5" w14:textId="77777777" w:rsidR="00AF3400" w:rsidRDefault="00AF3400">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112F85E5" w14:textId="1EEF09BC" w:rsidR="0084356E" w:rsidRDefault="0084356E">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CCFB6C" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00E64D8F" w:rsidRDefault="00E64D8F" w:rsidP="00E64D8F">
+    <w:p w14:paraId="67306BD8" w14:textId="77777777" w:rsidR="0008584E" w:rsidRPr="00E64D8F" w:rsidRDefault="00E64D8F" w:rsidP="00E64D8F">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DATA OF THE </w:t>
       </w:r>
       <w:r w:rsidR="00243C78">
         <w:t>APPLICANT</w:t>
       </w:r>
       <w:r w:rsidR="0008584E" w:rsidRPr="00E64D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D6232C" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="00275FA4">
+    <w:p w14:paraId="47A62C83" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="00275FA4">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
       </w:pPr>
       <w:r>
         <w:t>CV of the applicant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301006A8" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
+    <w:p w14:paraId="4D067EC5" w14:textId="2A76939C" w:rsidR="00B9762B" w:rsidRDefault="002808FB" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please enclose the CV of the applicant to this application</w:t>
+        <w:t xml:space="preserve">Please enclose the CV of the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4221">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>this application</w:t>
       </w:r>
       <w:r w:rsidR="00B9762B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DC334B" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="002808FB">
+    <w:p w14:paraId="0D3A3BF6" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="002808FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The CV should be limited to a </w:t>
       </w:r>
       <w:r w:rsidRPr="00B9762B">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>maximum of 5 pages</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and should include the standard academic and research record. Any research career gaps and/or unconventional paths should be clearly explained so that this can be fairly assessed by the independent evaluators.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A8C367" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="0E1B1188" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The CV should also include information on:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105D0357" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="3F7C349F" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Publications in peer-reviewed scientific journals, peer-reviewed conference proceedings and/or monographs of their respective research fields, indicating also the number of citations (excluding self-citations) they have attracted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B55C791" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="1AFB83AB" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Granted patent(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D5F0E7" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="3DF6EAAC" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Research monographs, chapters in collective volumes and any translations thereof.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E877EA0" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="4495A120" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Invited presentations to peer-reviewed, internationally established conferences and/or international advanced schools.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F117626" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="3B531DE5" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Research expeditions led by the experienced researcher. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEE6838" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="7EAEA8CA" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Organisation of International conferences in your field(s) of research, including membership in the steering and/or programme committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34211312" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="0D8E3BFB" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Examples of participation in industrial innovation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E57493" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="249FC38F" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prizes and Awards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B61FD7" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="201E0158" w14:textId="77777777" w:rsidR="004676E0" w:rsidRPr="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Funding received so far.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F05F70" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+    <w:p w14:paraId="3A264FE1" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidRPr="004676E0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Supervising and mentoring activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358A077B" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="004676E0" w:rsidRDefault="00B9762B" w:rsidP="004676E0">
+    <w:p w14:paraId="6AD34C71" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRPr="004676E0" w:rsidRDefault="00B9762B" w:rsidP="004676E0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B4DD194" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B" w:rsidP="00B9762B">
+    <w:p w14:paraId="472885DC" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B" w:rsidP="00B9762B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="436DD0B7" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B">
+    <w:p w14:paraId="78A417AB" w14:textId="77777777" w:rsidR="00B9762B" w:rsidRDefault="00B9762B">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66ECCDED" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="00C43623" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="4A2CF7A7" w14:textId="77777777" w:rsidR="004676E0" w:rsidRDefault="004676E0" w:rsidP="004676E0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B51B29A" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="00C43623" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43623">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Letter of Intent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A4E7F3" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="683DA57E" w14:textId="4FFABDA4" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>garding:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Attendance Master</w:t>
+        <w:t xml:space="preserve"> Attendance</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1407C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Master</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lass</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  at </w:t>
+        <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ghent University</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42630981" w14:textId="5A7C5F3D" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="2002D407" w14:textId="21B48792" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The supervisor and the fellow commit themselves to submit a proposal with Ghent University as a Host Institution on an exclusive basis for the call </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F" w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MSCA-PF</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00D51506">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk158909192"/>
       <w:r w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">deadline </w:t>
       </w:r>
-      <w:r w:rsidR="003E698E">
+      <w:r w:rsidR="00CB7075">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D51506">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10A7" w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA10A7" w:rsidRPr="0040313F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00003828" w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00003828" w:rsidRPr="0040313F">
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040313F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>September</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0040313F">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00CB7075">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...6 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C70647D" w14:textId="7889E080" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="278CD0AF" w14:textId="6306553A" w:rsidR="008752A3" w:rsidRPr="005B5F2C" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The supervisor commits to support the fellow in the preparation of the proposal and to organize a meeting with the fellow </w:t>
+        <w:t>The supervisor commits to support</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9001C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B5F2C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the fellow in the preparation of the proposal and to organize a meeting with the fellow </w:t>
       </w:r>
       <w:r w:rsidR="00FA10A7" w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in May or June 202</w:t>
       </w:r>
-      <w:r w:rsidR="00D51506">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CB7075">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5F2C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48FC84EA" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="001F4289" w:rsidRDefault="004E4FA0" w:rsidP="008752A3">
+    <w:p w14:paraId="268C24B2" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="001F4289" w:rsidRDefault="004E4FA0" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The supervisor and fellow give permission to share their contact details with the other participants of the Master Class.</w:t>
       </w:r>
       <w:r w:rsidR="008752A3" w:rsidRPr="00D1407C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83ECB6" w14:textId="77777777" w:rsidR="008752A3" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="696880BA" w14:textId="77777777" w:rsidR="008752A3" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Signatures:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521CC494" w14:textId="77777777" w:rsidR="00137048" w:rsidRDefault="00137048" w:rsidP="008752A3">
+    <w:p w14:paraId="691F4505" w14:textId="77777777" w:rsidR="00137048" w:rsidRDefault="00137048" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34AE4007" w14:textId="77777777" w:rsidR="00137048" w:rsidRPr="004E4FA0" w:rsidRDefault="00137048" w:rsidP="008752A3">
+    <w:p w14:paraId="6FA7CEC5" w14:textId="77777777" w:rsidR="00137048" w:rsidRPr="004E4FA0" w:rsidRDefault="00137048" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDB135A" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="004E4FA0" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="13B4425F" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="004E4FA0" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Supervisor</w:t>
       </w:r>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E4FA0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Fellow</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E82301F" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="004E4FA0" w:rsidRDefault="008752A3" w:rsidP="008752A3">
+    <w:p w14:paraId="0562F215" w14:textId="77777777" w:rsidR="008752A3" w:rsidRPr="004E4FA0" w:rsidRDefault="008752A3" w:rsidP="008752A3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="237CF998" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="00093CFD" w:rsidRDefault="00D12FFD">
+    <w:p w14:paraId="3FEDD29D" w14:textId="77777777" w:rsidR="00D12FFD" w:rsidRPr="00093CFD" w:rsidRDefault="00D12FFD">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D12FFD" w:rsidRPr="00093CFD">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="148B61C7" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="06E70E8D" w14:textId="77777777" w:rsidR="000F00A9" w:rsidRDefault="000F00A9" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FE856EE" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="6D2E37C5" w14:textId="77777777" w:rsidR="000F00A9" w:rsidRDefault="000F00A9" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5766,88 +5747,88 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="65D2F68E" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="007B690F" w:rsidP="00A66994">
+  <w:p w14:paraId="1D37A5C6" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="007B690F" w:rsidP="00A66994">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5610"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A18C2">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Special Research Fund – </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
@@ -5913,134 +5894,134 @@
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DA0092">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00686ED6">
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6949A3D7" w14:textId="5EABBAAE" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
+  <w:p w14:paraId="7ADF64DC" w14:textId="203E7261" w:rsidR="007B690F" w:rsidRPr="008A18C2" w:rsidRDefault="00341F3F" w:rsidP="00B20F44">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D51506">
+    <w:r w:rsidR="001D43F9">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>February 12, 2025</w:t>
+      <w:t>February 16, 2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A94137F" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="0B5331B5" w14:textId="77777777" w:rsidR="000F00A9" w:rsidRDefault="000F00A9" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D34FEFA" w14:textId="77777777" w:rsidR="00AB4E23" w:rsidRDefault="00AB4E23" w:rsidP="00A66994">
+    <w:p w14:paraId="401E9774" w14:textId="77777777" w:rsidR="000F00A9" w:rsidRDefault="000F00A9" w:rsidP="00A66994">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="69C3021C" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="00F04E27" w:rsidRDefault="007B690F" w:rsidP="0008584E">
+    <w:p w14:paraId="2EE7159F" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="00F04E27" w:rsidRDefault="007B690F" w:rsidP="0008584E">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Via File </w:t>
@@ -6053,667 +6034,695 @@
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Export  </w:t>
       </w:r>
       <w:r w:rsidR="00341F3F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04E27">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> PDF/XPS document</w:t>
+        <w:t xml:space="preserve"> Create PDF/XPS document</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="7934E3AE" w14:textId="77777777" w:rsidR="005175D6" w:rsidRPr="00732127" w:rsidRDefault="005175D6">
+    <w:p w14:paraId="72354BAD" w14:textId="0A0EDB5E" w:rsidR="005175D6" w:rsidRPr="00732127" w:rsidRDefault="005175D6">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00732127">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">In case of doubt, please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00426BCD" w:rsidRPr="00647F7F">
+        <w:r w:rsidR="003F6C85" w:rsidRPr="00274D75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>eu-team@ugent.be</w:t>
+          <w:t>EU-team@UGent.be</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00732127">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="7D0F7F8C" w14:textId="4DB5231D" w:rsidR="008F03A5" w:rsidRPr="008F03A5" w:rsidRDefault="008F03A5">
+    <w:p w14:paraId="01A520AA" w14:textId="433D76FE" w:rsidR="008F03A5" w:rsidRPr="00033EE7" w:rsidRDefault="008F03A5">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F03A5">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>PhD’s awarded after 14/09/201</w:t>
-[...5 lines deleted...]
-        <w:t>7</w:t>
+        <w:t xml:space="preserve">PhD’s awarded after </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7F17">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>09</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> automatically comply with the 8 year rule. For PhD’s awarded previously; </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00D51506" w:rsidRPr="00D51506">
+        <w:t>/09/201</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9090A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> automatically comply with the 8 year rule. For PhD’s awarded previously; contact EU team or check if you are eligible for an extension in the</w:t>
+      </w:r>
+      <w:r w:rsidR="009600D1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2" w:history="1">
-[...9 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk158909012"/>
+      <w:r w:rsidR="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://ugentbe.sharepoint.com/sites/CA2020_mscapostdocs/Master%20Class%20training%20materials/Forms/AllItems.aspx?id=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials%2FGuide%20for%20applicants%5FMSCA%20PF%202025%2Epdf&amp;parent=%2Fsites%2FCA2020%5Fmscapostdocs%2FMaster%20Class%20training%20materials"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B72BB6" w:rsidRPr="00B72BB6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guide for Applicants – MSCA PF 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B72BB6" w:rsidRPr="00B72BB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="569D0915" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00E45639" w:rsidRDefault="00E45639" w:rsidP="00E45639">
+    <w:p w14:paraId="36E2D421" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00E45639" w:rsidRDefault="00E45639" w:rsidP="00E45639">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B9762B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E45639">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chemistry (CHE) • Social Sciences and Humanities (SOC) • Economic Sciences (ECO) • Information Science and Engineering (ENG) • Environment and Geosciences (ENV) • Life Sciences (LIF) • Mathematics (MAT) • Physics (PHY) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617241C5" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00B9762B" w:rsidRDefault="00E45639" w:rsidP="00E45639">
+    <w:p w14:paraId="36F0BC93" w14:textId="77777777" w:rsidR="00E45639" w:rsidRPr="00B9762B" w:rsidRDefault="00E45639" w:rsidP="00E45639">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7C962886" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
+  <w:p w14:paraId="0B5C2822" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BAEEFCD" wp14:editId="5132411F">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3168E775" wp14:editId="208442A1">
           <wp:extent cx="1304925" cy="902335"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="7" name="Afbeelding 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1304925" cy="902335"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="279D904C" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
+  <w:p w14:paraId="697C61E9" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007A352C">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FF91E34" wp14:editId="63085F7F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CFCED23" wp14:editId="5E22189A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4705350</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>542925</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2737485" cy="638175"/>
               <wp:effectExtent l="0" t="0" r="5715" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Tekstvak 8"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2737485" cy="638175"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="3175">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="20BA0308" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="007A352C">
+                        <w:p w14:paraId="428ABCA4" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="007A352C">
                           <w:pPr>
                             <w:pStyle w:val="CompanynameL1"/>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Research Department</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="1B130AB9" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="007A352C">
+                        <w:p w14:paraId="5F73AFE6" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="007A352C">
                           <w:pPr>
                             <w:pStyle w:val="CompanynameL1"/>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b w:val="0"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Research Coordination Office</w:t>
                           </w:r>
                           <w:r w:rsidRPr="005117F4">
                             <w:rPr>
                               <w:b w:val="0"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="0FF91E34" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0CFCED23" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Tekstvak 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:370.5pt;margin-top:42.75pt;width:215.55pt;height:50.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiptufEwIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG+eju4msOKt0V6kq&#10;RbsrZas9EwyxJWAokNjpr++A7WS77anqBQ/M+DHz3mN512pFTsL5GkxBJ6MxJcJwKGtzKOj3l82n&#10;BSU+MFMyBUYU9Cw8vVt9/LBsbC6mUIEqhSMIYnze2IJWIdg8yzyvhGZ+BFYYTEpwmgXcukNWOtYg&#10;ulbZdDy+zRpwpXXAhfd4+tAl6SrhSyl4eJLSi0BUQbG3kFaX1n1cs9WS5QfHbFXzvg32D11oVhu8&#10;9AL1wAIjR1f/AaVr7sCDDCMOOgMpay7SDDjNZPxuml3FrEizIDneXmjy/w+WP5529tmR0H6BFgWM&#10;hDTW5x4P4zytdDp+sVOCeaTwfKFNtIFwPJzOZ/PPixtKOOZuZ4vJ/CbCZNe/rfPhqwBNYlBQh7Ik&#10;tthp60NXOpTEywxsaqWSNMqQpqCzCPlbBsGViSciidzDXDuPUWj3bT/OHsozTumgM4C3fFNjK1vm&#10;wzNzqDgOhi4OT7hIBXgl9BElFbiffzuP9SgEZilp0EEF9T+OzAlK1DeDEkW7DYEbgv0QmKO+BzTl&#10;BN+H5SnEH1xQQygd6Fc09zregilmON5V0DCE96HzMT4OLtbrVISmsixszc7yCB0JisS+tK/M2Z79&#10;gLo9wuAtlr8ToavtyF4fA8g6KRQJ7VhEZeMGDZk07h9PdPzbfaq6PvHVLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhADPXhZLfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyok0Ka&#10;KMSpEBIXLhEFwXUbb36EvY5it03fvu4JbrOa0ew31XaxRhxp9qNjBekqAUHcOj1yr+Dr8+2hAOED&#10;skbjmBScycO2vr2psNTuxB903IVexBL2JSoYQphKKX07kEW/chNx9Do3WwzxnHupZzzFcmvkOkk2&#10;0uLI8cOAE70O1P7uDlYBF1mbPHbv2Py47zGfmi43ulHq/m55eQYRaAl/YbjiR3SoI9PeHVh7YRTk&#10;T2ncEhQUWQbiGkjzdQpiH1WxSUDWlfy/ob4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;IqbbnxMCAAAqBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAM9eFkt8AAAALAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".25pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="20BA0308" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="007A352C">
+                  <w:p w14:paraId="428ABCA4" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="007A352C">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Research Department</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="1B130AB9" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="007A352C">
+                  <w:p w14:paraId="5F73AFE6" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="007A352C">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Research Coordination Office</w:t>
                     </w:r>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="509D1951" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="4C3662C1" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5344643A" wp14:editId="01C5DDCA">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D16B152" wp14:editId="4A9D8DC6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4705350</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>542925</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2737485" cy="638175"/>
               <wp:effectExtent l="0" t="0" r="5715" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Tekstvak 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2737485" cy="638175"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="3175">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3FE2795C" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                        <w:p w14:paraId="707B98C5" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                           <w:pPr>
                             <w:pStyle w:val="CompanynameL1"/>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="005117F4">
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">directie </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6E56829B" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                        <w:p w14:paraId="50A0A916" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                           <w:pPr>
                             <w:pStyle w:val="CompanynameL1"/>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="005117F4">
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">onderzoeksaangelegenheden </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="07DD5964" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                        <w:p w14:paraId="3E83A402" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                           <w:pPr>
                             <w:pStyle w:val="CompanynameL1"/>
                             <w:rPr>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="005117F4">
                             <w:rPr>
                               <w:b w:val="0"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">afdeling onderzoekscoördinatie </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5344643A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5D16B152" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Tekstvak 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:370.5pt;margin-top:42.75pt;width:215.55pt;height:50.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaH/CWYAIAADQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5206wNBnSJr0WFA&#10;0RZrh54VWWqMyaJGMbGzXz9KtpOu26XDLjLNxyd+fOj8omuc2BiMNfhSTg8mUhivoar9cym/PV5/&#10;OJMikvKVcuBNKbcmyov5+3fnbZiZQ1iBqwwKBvFx1oZSrojCrCiiXplGxQMIxrPRAjaK+BefiwpV&#10;y+iNKw4nk5OiBawCgjYxsvaqN8p5xrfWaLqzNhoSrpScG+UT87lMZzE/V7NnVGFV6yEN9Q9ZNKr2&#10;fOkO6kqREmus/4Bqao0QwdKBhqYAa2ttMgdmM528YvOwUsFkLlycGHZliv8PVt9uHsI9Cuo+QccN&#10;TAVpQ5xFViY+ncUmfTlTwXYu4XZXNtOR0Kw8PD06/Xh2LIVm28nR2fT0OMEU++iAkT4baEQSSonc&#10;llwttbmJ1LuOLukyD9e1c7k1zou2lEcJ8jcLgzufNCY3eYDZZ54l2jqTfJz/aqyoq0wgKfJ4mUuH&#10;YqN4MJTWxlPmnnHZO3lZTuItgYP/Pqu3BPc8xpvB0y64qT1gZv8q7er7mLLt/bnmL3gnkbplx8Rf&#10;NHYJ1Zb7jdCvQgz6uuam3KhI9wp59rnFvM90x4d1wMWHQZJiBfjzb/rkzyPJVila3qVSxh9rhUYK&#10;98XzsKbFGwUcheUo+HVzCdyFKb8UQWeRA5DcKFqE5onXfJFuYZPymu8qJY3iJfUbzc+ENotFduL1&#10;Copu/EPQCTo1JY3YY/ekMAxzSDzBtzBumZq9GsfeN0V6WKwJbJ1nNdW1r+JQb17NPO3DM5J2/+V/&#10;9to/dvNfAAAA//8DAFBLAwQUAAYACAAAACEAM9eFkt8AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KiTQpooxKkQEhcuEQXBdRtvfoS9jmK3Td++7glus5rR7DfVdrFGHGn2&#10;o2MF6SoBQdw6PXKv4Ovz7aEA4QOyRuOYFJzJw7a+vamw1O7EH3TchV7EEvYlKhhCmEopfTuQRb9y&#10;E3H0OjdbDPGce6lnPMVya+Q6STbS4sjxw4ATvQ7U/u4OVgEXWZs8du/Y/LjvMZ+aLje6Uer+bnl5&#10;BhFoCX9huOJHdKgj094dWHthFORPadwSFBRZBuIaSPN1CmIfVbFJQNaV/L+hvgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBaH/CWYAIAADQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAz14WS3wAAAAsBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" filled="f" stroked="f" strokeweight=".25pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="3FE2795C" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                  <w:p w14:paraId="707B98C5" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">directie </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6E56829B" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                  <w:p w14:paraId="50A0A916" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">onderzoeksaangelegenheden </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="07DD5964" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+                  <w:p w14:paraId="3E83A402" w14:textId="77777777" w:rsidR="007B690F" w:rsidRPr="005117F4" w:rsidRDefault="007B690F" w:rsidP="005117F4">
                     <w:pPr>
                       <w:pStyle w:val="CompanynameL1"/>
                       <w:rPr>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="005117F4">
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">afdeling onderzoekscoördinatie </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="35E12346" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="5D7774DB" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="19130F05" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="4ACAE13B" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0B33FD73" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="642F6EF2" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="648ED4F4" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="0AC023F1" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="568C8CF9" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="082F88DB" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="690921B8" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
+  <w:p w14:paraId="22A1E4CB" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F" w:rsidP="005117F4">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-BE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EDA4442" wp14:editId="36796275">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1954CFDB" wp14:editId="65B6BFC0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>370840</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1304924" cy="904875"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Logo 300 ppi"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="17" name="logo_UGent_NL_RGB_300_kleur.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -6732,51 +6741,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1E5F73F3" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
+  <w:p w14:paraId="37D3122B" w14:textId="77777777" w:rsidR="007B690F" w:rsidRDefault="007B690F">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8BCC7F3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
@@ -8262,147 +8271,147 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47D57554"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D332BA62"/>
     <w:lvl w:ilvl="0" w:tplc="08130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1260" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1980" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2700" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08130001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3420" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4140" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4860" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08130001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5580" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6300" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7020" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="489842F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C28CE640"/>
     <w:lvl w:ilvl="0" w:tplc="08130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -9402,475 +9411,533 @@
     <w:lvl w:ilvl="7" w:tplc="08130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="77993480">
+  <w:num w:numId="1" w16cid:durableId="456415514">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="244997486">
+  <w:num w:numId="2" w16cid:durableId="1898710132">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1794905559">
+  <w:num w:numId="3" w16cid:durableId="1176574117">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1018583021">
+  <w:num w:numId="4" w16cid:durableId="1478760190">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="660275436">
+  <w:num w:numId="5" w16cid:durableId="1718043235">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1106000793">
+  <w:num w:numId="6" w16cid:durableId="1440832270">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1634478331">
+  <w:num w:numId="7" w16cid:durableId="534731384">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="659578369">
+  <w:num w:numId="8" w16cid:durableId="1963608230">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1910143695">
+  <w:num w:numId="9" w16cid:durableId="1815565621">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="6906851">
+  <w:num w:numId="10" w16cid:durableId="908661321">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="341591878">
+  <w:num w:numId="11" w16cid:durableId="1255751034">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="70979097">
+  <w:num w:numId="12" w16cid:durableId="220603936">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="983968929">
+  <w:num w:numId="13" w16cid:durableId="1964997770">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="388303314">
+  <w:num w:numId="14" w16cid:durableId="214045291">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1937055403">
+  <w:num w:numId="15" w16cid:durableId="680157386">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="305668432">
+  <w:num w:numId="16" w16cid:durableId="1732271295">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="623577371">
+  <w:num w:numId="17" w16cid:durableId="16122561">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2118282632">
+  <w:num w:numId="18" w16cid:durableId="527259240">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="860702127">
+  <w:num w:numId="19" w16cid:durableId="1299385528">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="8"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="461387778">
+  <w:num w:numId="20" w16cid:durableId="2025009634">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1192301843">
+  <w:num w:numId="21" w16cid:durableId="319190022">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="?"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="785" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1613710434">
+  <w:num w:numId="22" w16cid:durableId="2128424795">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1731264827">
+  <w:num w:numId="23" w16cid:durableId="962073881">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="895894977">
+  <w:num w:numId="24" w16cid:durableId="708605595">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="208148840">
+  <w:num w:numId="25" w16cid:durableId="620577690">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1995915269">
+  <w:num w:numId="26" w16cid:durableId="337315841">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1709647061">
+  <w:num w:numId="27" w16cid:durableId="1535534591">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66994"/>
+    <w:rsid w:val="00001015"/>
     <w:rsid w:val="00003828"/>
     <w:rsid w:val="000065FB"/>
     <w:rsid w:val="000265F0"/>
-    <w:rsid w:val="00046166"/>
+    <w:rsid w:val="00026F4C"/>
+    <w:rsid w:val="00033EE7"/>
     <w:rsid w:val="00051932"/>
     <w:rsid w:val="00054AB1"/>
     <w:rsid w:val="000747D7"/>
     <w:rsid w:val="00082A11"/>
     <w:rsid w:val="0008584E"/>
     <w:rsid w:val="00085D28"/>
     <w:rsid w:val="00093CFD"/>
     <w:rsid w:val="000B07B6"/>
     <w:rsid w:val="000C508E"/>
     <w:rsid w:val="000D44B3"/>
+    <w:rsid w:val="000E77E6"/>
+    <w:rsid w:val="000F00A9"/>
     <w:rsid w:val="000F26FD"/>
+    <w:rsid w:val="000F4221"/>
     <w:rsid w:val="000F52F4"/>
     <w:rsid w:val="00101A08"/>
     <w:rsid w:val="001023CC"/>
-    <w:rsid w:val="00120462"/>
     <w:rsid w:val="00124CE2"/>
     <w:rsid w:val="00125A1C"/>
     <w:rsid w:val="00137048"/>
     <w:rsid w:val="00160782"/>
+    <w:rsid w:val="001A0B05"/>
     <w:rsid w:val="001A6878"/>
+    <w:rsid w:val="001B10AA"/>
     <w:rsid w:val="001B21B7"/>
     <w:rsid w:val="001B42F2"/>
     <w:rsid w:val="001C68AF"/>
     <w:rsid w:val="001C7850"/>
+    <w:rsid w:val="001D43F9"/>
     <w:rsid w:val="001F0FEC"/>
+    <w:rsid w:val="00204ED6"/>
     <w:rsid w:val="00243C78"/>
     <w:rsid w:val="002549AC"/>
-    <w:rsid w:val="00257504"/>
     <w:rsid w:val="002621A6"/>
     <w:rsid w:val="002636BB"/>
     <w:rsid w:val="0027024B"/>
     <w:rsid w:val="00275FA4"/>
     <w:rsid w:val="002808FB"/>
     <w:rsid w:val="00283BB5"/>
     <w:rsid w:val="00292E49"/>
     <w:rsid w:val="00294465"/>
     <w:rsid w:val="002A4FA9"/>
     <w:rsid w:val="002B7593"/>
     <w:rsid w:val="002C4BFB"/>
     <w:rsid w:val="002D2826"/>
     <w:rsid w:val="002D30C5"/>
+    <w:rsid w:val="002D43D4"/>
+    <w:rsid w:val="002E2F6F"/>
     <w:rsid w:val="003078AB"/>
     <w:rsid w:val="00322331"/>
     <w:rsid w:val="00341F3F"/>
     <w:rsid w:val="0034750F"/>
+    <w:rsid w:val="00354A61"/>
     <w:rsid w:val="00366743"/>
     <w:rsid w:val="0038074A"/>
     <w:rsid w:val="003A2863"/>
     <w:rsid w:val="003D5EEF"/>
-    <w:rsid w:val="003E698E"/>
     <w:rsid w:val="003F00D7"/>
+    <w:rsid w:val="003F6C85"/>
     <w:rsid w:val="0040313F"/>
     <w:rsid w:val="00411891"/>
     <w:rsid w:val="00417502"/>
     <w:rsid w:val="00417611"/>
     <w:rsid w:val="0042135D"/>
     <w:rsid w:val="00426BCD"/>
     <w:rsid w:val="004525D8"/>
     <w:rsid w:val="004676E0"/>
     <w:rsid w:val="004B0FCF"/>
     <w:rsid w:val="004B191A"/>
     <w:rsid w:val="004B2581"/>
     <w:rsid w:val="004C44EF"/>
     <w:rsid w:val="004C7589"/>
     <w:rsid w:val="004E4FA0"/>
     <w:rsid w:val="004F4A1E"/>
     <w:rsid w:val="00503D4D"/>
     <w:rsid w:val="005117F4"/>
+    <w:rsid w:val="00515A6C"/>
     <w:rsid w:val="005175D6"/>
     <w:rsid w:val="00522E06"/>
+    <w:rsid w:val="00524F7E"/>
+    <w:rsid w:val="005255CB"/>
+    <w:rsid w:val="0053502E"/>
     <w:rsid w:val="00540754"/>
+    <w:rsid w:val="005530E1"/>
+    <w:rsid w:val="0055371C"/>
     <w:rsid w:val="00555403"/>
     <w:rsid w:val="0056768A"/>
     <w:rsid w:val="005714A3"/>
     <w:rsid w:val="005817D6"/>
     <w:rsid w:val="00586D32"/>
     <w:rsid w:val="005966D3"/>
     <w:rsid w:val="005B5F2C"/>
+    <w:rsid w:val="005B7F17"/>
     <w:rsid w:val="005D1CAF"/>
+    <w:rsid w:val="005E55C4"/>
     <w:rsid w:val="005F3D53"/>
+    <w:rsid w:val="006072E4"/>
     <w:rsid w:val="00621750"/>
+    <w:rsid w:val="0062248E"/>
     <w:rsid w:val="00647B31"/>
-    <w:rsid w:val="00647EA2"/>
     <w:rsid w:val="00657617"/>
+    <w:rsid w:val="0066035C"/>
     <w:rsid w:val="00661C05"/>
+    <w:rsid w:val="00677853"/>
     <w:rsid w:val="006864CC"/>
     <w:rsid w:val="00686ED6"/>
     <w:rsid w:val="00687A65"/>
+    <w:rsid w:val="00694C0E"/>
     <w:rsid w:val="006B4393"/>
     <w:rsid w:val="006C271F"/>
+    <w:rsid w:val="006C5844"/>
     <w:rsid w:val="006E535B"/>
     <w:rsid w:val="006E66C3"/>
     <w:rsid w:val="006F10F3"/>
+    <w:rsid w:val="00714DE3"/>
     <w:rsid w:val="00721F8C"/>
     <w:rsid w:val="00724D9B"/>
     <w:rsid w:val="007253F7"/>
     <w:rsid w:val="00732127"/>
     <w:rsid w:val="00744863"/>
     <w:rsid w:val="00766943"/>
     <w:rsid w:val="007701EF"/>
+    <w:rsid w:val="007707F7"/>
     <w:rsid w:val="00774710"/>
-    <w:rsid w:val="007827D5"/>
+    <w:rsid w:val="00792E9B"/>
     <w:rsid w:val="007A352C"/>
     <w:rsid w:val="007B690F"/>
     <w:rsid w:val="007B7521"/>
+    <w:rsid w:val="007C25FF"/>
+    <w:rsid w:val="007E101D"/>
     <w:rsid w:val="00801015"/>
     <w:rsid w:val="00805670"/>
     <w:rsid w:val="00813B8D"/>
     <w:rsid w:val="008215F4"/>
+    <w:rsid w:val="00824CCD"/>
     <w:rsid w:val="00827149"/>
     <w:rsid w:val="0084356E"/>
     <w:rsid w:val="008642B8"/>
     <w:rsid w:val="00866832"/>
     <w:rsid w:val="008673C6"/>
     <w:rsid w:val="0086771D"/>
     <w:rsid w:val="008752A3"/>
+    <w:rsid w:val="008862F1"/>
     <w:rsid w:val="008975D6"/>
     <w:rsid w:val="008A18C2"/>
     <w:rsid w:val="008A7CCA"/>
     <w:rsid w:val="008E1F92"/>
     <w:rsid w:val="008E4542"/>
     <w:rsid w:val="008E68CC"/>
     <w:rsid w:val="008F03A5"/>
+    <w:rsid w:val="008F2EF7"/>
     <w:rsid w:val="009063B7"/>
-    <w:rsid w:val="00921253"/>
+    <w:rsid w:val="00932A83"/>
     <w:rsid w:val="00932DCC"/>
     <w:rsid w:val="00942AD7"/>
+    <w:rsid w:val="00951553"/>
     <w:rsid w:val="00955C99"/>
+    <w:rsid w:val="009600D1"/>
+    <w:rsid w:val="0096680A"/>
     <w:rsid w:val="009701CF"/>
     <w:rsid w:val="00973B53"/>
     <w:rsid w:val="00987F60"/>
-    <w:rsid w:val="00995FCB"/>
     <w:rsid w:val="009A70B8"/>
     <w:rsid w:val="009A7126"/>
     <w:rsid w:val="009C70E5"/>
-    <w:rsid w:val="009D35E0"/>
     <w:rsid w:val="009E15ED"/>
+    <w:rsid w:val="009F1F7C"/>
+    <w:rsid w:val="00A16F1D"/>
+    <w:rsid w:val="00A35F30"/>
     <w:rsid w:val="00A378AD"/>
     <w:rsid w:val="00A4616E"/>
+    <w:rsid w:val="00A65294"/>
     <w:rsid w:val="00A66994"/>
     <w:rsid w:val="00A720AD"/>
     <w:rsid w:val="00AA2FB2"/>
     <w:rsid w:val="00AB4E23"/>
     <w:rsid w:val="00AC1474"/>
     <w:rsid w:val="00AC2E7B"/>
     <w:rsid w:val="00AC7724"/>
     <w:rsid w:val="00AD068C"/>
     <w:rsid w:val="00AF2D3A"/>
+    <w:rsid w:val="00AF3400"/>
+    <w:rsid w:val="00AF6088"/>
     <w:rsid w:val="00B06465"/>
     <w:rsid w:val="00B104F9"/>
     <w:rsid w:val="00B171D8"/>
     <w:rsid w:val="00B20F44"/>
     <w:rsid w:val="00B226A2"/>
+    <w:rsid w:val="00B32BC6"/>
+    <w:rsid w:val="00B72BB6"/>
     <w:rsid w:val="00B740EB"/>
     <w:rsid w:val="00B7544F"/>
     <w:rsid w:val="00B84A22"/>
+    <w:rsid w:val="00B9090A"/>
+    <w:rsid w:val="00B91C06"/>
     <w:rsid w:val="00B9762B"/>
     <w:rsid w:val="00BD788C"/>
     <w:rsid w:val="00BF09C1"/>
+    <w:rsid w:val="00C01AEC"/>
     <w:rsid w:val="00C10173"/>
     <w:rsid w:val="00C11D21"/>
     <w:rsid w:val="00C917A4"/>
+    <w:rsid w:val="00C94B25"/>
+    <w:rsid w:val="00CB7075"/>
     <w:rsid w:val="00CC1798"/>
+    <w:rsid w:val="00D12C05"/>
     <w:rsid w:val="00D12FFD"/>
-    <w:rsid w:val="00D21CB0"/>
     <w:rsid w:val="00D2754A"/>
     <w:rsid w:val="00D31C3D"/>
     <w:rsid w:val="00D46984"/>
-    <w:rsid w:val="00D51506"/>
     <w:rsid w:val="00D5746F"/>
+    <w:rsid w:val="00D65ED5"/>
+    <w:rsid w:val="00D72A3F"/>
+    <w:rsid w:val="00D75857"/>
+    <w:rsid w:val="00D77AC8"/>
     <w:rsid w:val="00D97720"/>
     <w:rsid w:val="00DA0092"/>
+    <w:rsid w:val="00DB618F"/>
     <w:rsid w:val="00DC04D6"/>
     <w:rsid w:val="00DC288B"/>
     <w:rsid w:val="00DC3651"/>
     <w:rsid w:val="00DD5A9D"/>
+    <w:rsid w:val="00DE32DE"/>
+    <w:rsid w:val="00DF2DBC"/>
     <w:rsid w:val="00E352FA"/>
     <w:rsid w:val="00E45639"/>
     <w:rsid w:val="00E467F4"/>
     <w:rsid w:val="00E64D8F"/>
+    <w:rsid w:val="00E73F9A"/>
+    <w:rsid w:val="00E7523C"/>
+    <w:rsid w:val="00E82E2F"/>
     <w:rsid w:val="00E87936"/>
     <w:rsid w:val="00E914BE"/>
     <w:rsid w:val="00E92779"/>
     <w:rsid w:val="00E9796A"/>
     <w:rsid w:val="00EA7A65"/>
     <w:rsid w:val="00EB1EAE"/>
     <w:rsid w:val="00EC4528"/>
     <w:rsid w:val="00EC4B3C"/>
+    <w:rsid w:val="00ED0BE2"/>
     <w:rsid w:val="00EF1458"/>
     <w:rsid w:val="00EF2971"/>
     <w:rsid w:val="00F04E27"/>
     <w:rsid w:val="00F0727E"/>
     <w:rsid w:val="00F24671"/>
     <w:rsid w:val="00F30326"/>
     <w:rsid w:val="00F46BF1"/>
     <w:rsid w:val="00F54E6D"/>
     <w:rsid w:val="00F84623"/>
+    <w:rsid w:val="00F9001C"/>
+    <w:rsid w:val="00F92F3D"/>
+    <w:rsid w:val="00F96BBB"/>
     <w:rsid w:val="00FA10A7"/>
     <w:rsid w:val="00FA16A3"/>
     <w:rsid w:val="00FA6438"/>
     <w:rsid w:val="00FA74F5"/>
+    <w:rsid w:val="00FB75B2"/>
     <w:rsid w:val="00FC0D03"/>
+    <w:rsid w:val="00FC747C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="610141AB"/>
+  <w14:docId w14:val="4F15CFC3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{14931918-8A09-4311-BFF6-9D1C0445220B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -10332,51 +10399,50 @@
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop3Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A720AD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-720"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240" w:after="0"/>
-      <w:ind w:left="720"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0027024B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="7"/>
@@ -11895,51 +11961,51 @@
         <w:div w:id="646275842">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\files.ugent.be\pcantrai\shares\dob\4_Cel_EU\2_PROJECT\1_VOORSTELLEN\2.%20Horizon%20Europe\I.%20MSCA\MSCA-PF\WP2024\Masterclass%202024\Application%20forms\Guide%20for%20Applicants%20&#8211;%20MSCA%20PF%202024" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eu-team@ugent.be" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EU-team@UGent.be" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -12176,88 +12242,88 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28C64482-833A-415A-B102-515FE275A36C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97D3D87D-7D2C-4B2E-97B4-2F8F232168E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>769</Words>
-  <Characters>4231</Characters>
+  <Words>737</Words>
+  <Characters>4206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UGent</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4991</CharactersWithSpaces>
+  <CharactersWithSpaces>4934</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melissa D'hauwer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>