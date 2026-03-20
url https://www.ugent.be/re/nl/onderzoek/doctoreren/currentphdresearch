--- v0 (2025-12-24)
+++ v1 (2026-03-20)
@@ -1,12677 +1,7034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ugentbe-my.sharepoint.com/personal/arne_vandenbogaerde_ugent_be/Documents/Doctoraat/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ugentbe-my.sharepoint.com/personal/arne_vandenbogaerde_ugent_be/Documents/Onderzoeksgegevens/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2B7807FC-2503-4950-B232-A5E6060E963A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AC3506C6-1556-48CB-AFD2-B634BC30C5A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2220" yWindow="1395" windowWidth="21600" windowHeight="12735" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-1845" windowWidth="29040" windowHeight="17520" xr2:uid="{E8971B45-2BA4-48C6-B028-1C2F9E1115D8}"/>
   </bookViews>
   <sheets>
-    <sheet name="Doctor-vb-vanaf 01-01-2011" sheetId="17" r:id="rId1"/>
+    <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...3 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1791" uniqueCount="1003">
-[...976 lines deleted...]
-    <t>COUCK Dylan</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1231" uniqueCount="785">
+  <si>
+    <t xml:space="preserve">titel doct. onderzoek </t>
+  </si>
+  <si>
+    <t>Fauve</t>
+  </si>
+  <si>
+    <t>Duprez</t>
+  </si>
+  <si>
+    <t>Doctor in de criminologische wetenschappen</t>
+  </si>
+  <si>
+    <t>Op jacht naar het verborgene: Een longitudinale studie naar de persistentie, recidive en invloeden op criminele carrières van zedendelinquenten</t>
+  </si>
+  <si>
+    <t>Hunting the hidden: A longitudinal study on the persistence, recidivism, and influences of sexual offending careers</t>
+  </si>
+  <si>
+    <t>Wim</t>
+  </si>
+  <si>
+    <t>Hardyns</t>
+  </si>
+  <si>
+    <t>Célia Manon Nina</t>
+  </si>
+  <si>
+    <t>Gohier</t>
+  </si>
+  <si>
+    <t>Doctor in de rechten</t>
+  </si>
+  <si>
+    <t>De gevolgen van Brexit voor het gemeenschappelijk visserijbeleid van de Europese Unie</t>
+  </si>
+  <si>
+    <t>The implications of Brexit for the common fisheries policy of the European Union</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Van Elsuwege</t>
+  </si>
+  <si>
+    <t>Matilde</t>
+  </si>
+  <si>
+    <t>Meertens</t>
+  </si>
+  <si>
+    <t>Macht aan de veengebieden: het versterken van het juridisch kader voor het herstel van veengebieden</t>
+  </si>
+  <si>
+    <t>Power to the peatlands: Strengthening the legal framework on peatland restoration</t>
+  </si>
+  <si>
+    <t>An</t>
+  </si>
+  <si>
+    <t>Cliquet</t>
+  </si>
+  <si>
+    <t>Ilke</t>
+  </si>
+  <si>
+    <t>Veeckman</t>
+  </si>
+  <si>
+    <t>Doctor in de criminologische wetenschappen en in de psychologie</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Vander Beken</t>
+  </si>
+  <si>
+    <t>Roos-Marie</t>
+  </si>
+  <si>
+    <t>van den Bogaard</t>
+  </si>
+  <si>
+    <t>Toegang tot onderwijs, werk en huisvesting voor begunstigden van tijdelijke en internationale bescherming in België: een analyse vanuit het perspectief van non-discriminatie.</t>
+  </si>
+  <si>
+    <t>Access to education, employment and housing for beneficiaries of temporary protection and international protection in Belgium: an analysis from a non-discrimination perspective.</t>
+  </si>
+  <si>
+    <t>Ellen</t>
+  </si>
+  <si>
+    <t>Desmet</t>
+  </si>
+  <si>
+    <t>Stan</t>
+  </si>
+  <si>
+    <t>Devos</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Bael</t>
+  </si>
+  <si>
+    <t>Ibrahim</t>
+  </si>
+  <si>
+    <t>Yahya</t>
+  </si>
+  <si>
+    <t>Consumentenkrediet in Palestina: een rechtsvergelijkende analyse met het recht van de EU</t>
+  </si>
+  <si>
+    <t>Consumer Protection in Credit Agreements in Palestine, A Comparative Study with EU Law</t>
+  </si>
+  <si>
+    <t>Reinhard</t>
+  </si>
+  <si>
+    <t>Steennot</t>
+  </si>
+  <si>
+    <t>Anse</t>
+  </si>
+  <si>
+    <t>Stevens</t>
+  </si>
+  <si>
+    <t>Politieambtenaar in wording.
+Een onderzoek naar de selectie en socialisatie van inspecteurs, hoofdinspecteurs en commissarissen bij de politie in België.</t>
+  </si>
+  <si>
+    <t>Becoming a police officer. A study into selection and socialisation of inspectors, chief inspectors and commissioners in the Belgian police.</t>
+  </si>
+  <si>
+    <t>Kate</t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t>Beyond compliance: Assessing the Impact of Provisional and Precautionary Measures in Protecting
+Detainees in Central-America</t>
+  </si>
+  <si>
+    <t>Meer dan naleving (compliance), beoordeling van de impact van voorlopige maatregelen bij de
+bescherming van gedetineerden in Centraal-Amerika</t>
+  </si>
+  <si>
+    <t>Clara</t>
+  </si>
+  <si>
+    <t>Burbano Herrera</t>
+  </si>
+  <si>
+    <t>Matthias</t>
+  </si>
+  <si>
+    <t>Bracke</t>
+  </si>
+  <si>
+    <t>Een Juridische Analyse van de Relaties tussen de Europese Unie en de Associatie van Zuidoost-Aziatische Naties in het van het 2020 Strategisch Partnerschap'</t>
+  </si>
+  <si>
+    <t>A Legal Analysis of the Relations between the European Union and the Association of Southeast Asian Nations in the Light of the 2020 Strategic Partnership</t>
+  </si>
+  <si>
+    <t>Erwoan</t>
+  </si>
+  <si>
+    <t>Lannon</t>
+  </si>
+  <si>
+    <t>Evelien</t>
+  </si>
+  <si>
+    <t>Lootens-Stael</t>
+  </si>
+  <si>
+    <t>Vrouwelijke herstel- en desistanceprocessen</t>
+  </si>
+  <si>
+    <t>Female recovery and desistance trajectories</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>Colman</t>
+  </si>
+  <si>
+    <t>Renée</t>
+  </si>
+  <si>
+    <t>Pattyn</t>
+  </si>
+  <si>
+    <t>De incel-gemeenschap: Hoe het internet bijdraagt tot de aanwezigheid van online vrouwenhaat binnen de manosfeer</t>
+  </si>
+  <si>
+    <t>The incel community: How the internet contributes to the presence of online misogyny within the manosphere</t>
+  </si>
+  <si>
+    <t>Gert</t>
+  </si>
+  <si>
+    <t>Vermeulen</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Ongenae</t>
+  </si>
+  <si>
+    <t>Maud</t>
+  </si>
+  <si>
+    <t>Piers</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Lembrechts</t>
+  </si>
+  <si>
+    <t>Kinderrechten in beroepsprocedures in asiel: een rechtsetnografie</t>
+  </si>
+  <si>
+    <t>Children's rights in appellate asylum proceedings: a legal ethnography</t>
+  </si>
+  <si>
+    <t>Elias</t>
+  </si>
+  <si>
+    <t>Dessantis</t>
+  </si>
+  <si>
+    <t>Onthulling van constitutionele transformaties: Noodbevoegdheden en wetgeving in België in de 20ste-21ste eeuw in een Europese context</t>
+  </si>
+  <si>
+    <t>Unveiling Constitutional Transformations: Emergency Powers and Legislation in 20th-21st Century Belgium in European Context</t>
+  </si>
+  <si>
+    <t>Cosmin</t>
+  </si>
+  <si>
+    <t>Cercel</t>
+  </si>
+  <si>
+    <t>Asli</t>
+  </si>
+  <si>
+    <t>Kizilkilic</t>
+  </si>
+  <si>
+    <t>De vermijding van dubbele belasting en niet-belasting in verbruiksbelastingen door middel van ideale lokalisatiecriteria</t>
+  </si>
+  <si>
+    <t>Avoiding double taxation or non-taxation in consumption taxes through ideal localisation criteria</t>
+  </si>
+  <si>
+    <t>Bart</t>
+  </si>
+  <si>
+    <t>Peeters</t>
+  </si>
+  <si>
+    <t>Yana</t>
+  </si>
+  <si>
+    <t>Yakushina</t>
+  </si>
+  <si>
+    <t>Geert</t>
+  </si>
+  <si>
+    <t>Van Hoorick</t>
+  </si>
+  <si>
+    <t>Liselotte</t>
+  </si>
+  <si>
+    <t>Van Coillie</t>
+  </si>
+  <si>
+    <t>Rein</t>
+  </si>
+  <si>
+    <t>Struyve</t>
+  </si>
+  <si>
+    <t>De 13e man: Een analyse van de nexus tussen voetbalhooliganisme en georganiseerde criminaliteit</t>
+  </si>
+  <si>
+    <t>The 13th man: Exploring the nexus between football hooliganism and organised crime</t>
+  </si>
+  <si>
+    <t>Daniëlle</t>
+  </si>
+  <si>
+    <t>van Kalmthout</t>
+  </si>
+  <si>
+    <t>Eva</t>
+  </si>
+  <si>
+    <t>Brems</t>
+  </si>
+  <si>
+    <t>Marthe</t>
+  </si>
+  <si>
+    <t>Ongenaert</t>
+  </si>
+  <si>
+    <t>Schadelijke bedrijfspraktijken: een case study van de opkomende legale cannabisindustrie.</t>
+  </si>
+  <si>
+    <t>Harmful corporate practices: A casestudy of the emerging legal cannabis industry.</t>
+  </si>
+  <si>
+    <t>Tobias</t>
+  </si>
+  <si>
+    <t>Mortier</t>
+  </si>
+  <si>
+    <t>Wetgeven met de beste bedoelingen? Rechterlijke controle van de legitimiteit van de doelstellingen van de wetgever</t>
+  </si>
+  <si>
+    <t>Legislating with the best intentions? Judicial review of the legitimacy of the legislator’s aims</t>
+  </si>
+  <si>
+    <t>Ayesha</t>
+  </si>
+  <si>
+    <t>Kakar</t>
+  </si>
+  <si>
+    <t>Kritische analyse van het strafrechtsbedelingsapparaat in Pakistan en België: Een vergelijkend onderzoek</t>
+  </si>
+  <si>
+    <t>Critical analysis of the criminal justice system of Pakistan: A comparative study in perspective of the criminal justice system of Belgium</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Vandeviver</t>
+  </si>
+  <si>
+    <t>Geertrui</t>
+  </si>
+  <si>
+    <t>Daem</t>
+  </si>
+  <si>
+    <t>Vluchtelingen in identiteitscrisis - Interacties tussen internationaal privaatrecht en migratierecht</t>
+  </si>
+  <si>
+    <t>Refugees in identity crisis - Interactions between private international law and migration law</t>
+  </si>
+  <si>
+    <t>Zhen</t>
+  </si>
+  <si>
+    <t>Lin</t>
+  </si>
+  <si>
+    <t>De rol van accountants in het antiwitwascomplex: een comparatief onderzoek naar Europa en China.</t>
+  </si>
+  <si>
+    <t>The roles of accounting professionals in the anti-money laundering complex: A comparative perspective between the European Union and China</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>Verhage</t>
+  </si>
+  <si>
+    <t>Natasha</t>
+  </si>
+  <si>
+    <t>Dewulf</t>
+  </si>
+  <si>
+    <t>Publieke attitudes tegenover en ervaringen met niet-politionele toezichthouders en handhavers: percepties van legitimiteit en procedurele rechtvaardigheid</t>
+  </si>
+  <si>
+    <t>Public attitudes towards and experiences with plural policing actors: perceptions of legitimacy and procedural justice</t>
+  </si>
+  <si>
+    <t>Pieter</t>
+  </si>
+  <si>
+    <t>Leloup</t>
+  </si>
+  <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>Bremond</t>
+  </si>
+  <si>
+    <t>Een eeuw recht en noodtoestand in Frankrijk: De impact op grondrechten en juridisch denken</t>
+  </si>
+  <si>
+    <t>A Century of Law and Emergency in France: The Impact on Fundamental Rights and Legal Thought</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Baudewijns</t>
+  </si>
+  <si>
+    <t>Buiten de gebaande paden: naar een beter begrip van hoe slachtoffers in de DR Congo deelnemen aan overgangsjustititie</t>
+  </si>
+  <si>
+    <t>Off the beaten track: understanding victims’ participation trajectories in the DR Congo's transitional justice ecology</t>
+  </si>
+  <si>
+    <t>Tineke</t>
+  </si>
+  <si>
+    <t>Destrooper</t>
+  </si>
+  <si>
+    <t>Frederik</t>
+  </si>
+  <si>
+    <t>Rogiers</t>
+  </si>
+  <si>
+    <t>De vrijheid van scheepvaart onder vuur: de kwestie van buitenlandse militaire activiteiten in de EEZ</t>
+  </si>
+  <si>
+    <t>The freedom of navigation under siege: the issue of foreign military activities in the EEZ</t>
+  </si>
+  <si>
+    <t>Klaas</t>
+  </si>
+  <si>
+    <t>Willaert</t>
+  </si>
+  <si>
+    <t>Noor</t>
+  </si>
+  <si>
+    <t>Mendonck</t>
+  </si>
+  <si>
+    <t>Sectoraal insolventierecht: waarom bepaalde sectoren nood hebben aan een specifieke benadering</t>
+  </si>
+  <si>
+    <t>Sectoral insolvency frameworks: why certain sectors require tailored approaches</t>
+  </si>
+  <si>
+    <t>Diederik</t>
+  </si>
+  <si>
+    <t>Bruloot</t>
+  </si>
+  <si>
+    <t>Patricia</t>
+  </si>
+  <si>
+    <t>Cervera De La Cruz</t>
+  </si>
+  <si>
+    <t>Fairness in secundaire verwerking van gezondheidsgegevens voor doeleinden van wetenschappelijk onderzoek in European Health Data Space</t>
+  </si>
+  <si>
+    <t>Towards a fair secondary use of health data for research purposes in the European Health Data Space</t>
+  </si>
+  <si>
+    <t>Mahsa</t>
+  </si>
+  <si>
+    <t>Shabani</t>
+  </si>
+  <si>
+    <t>Michiel</t>
+  </si>
+  <si>
+    <t>Fierens</t>
+  </si>
+  <si>
+    <t>Op zoek naar een nieuw evenwicht tussen gegevensuitwisseling en gegevensbescherming in het licht van semantische interoperabiliteit</t>
+  </si>
+  <si>
+    <t>In search of a new balance between data sharing and data protection in light of semantic interoperability</t>
+  </si>
+  <si>
+    <t>Lievens</t>
+  </si>
+  <si>
+    <t>Patient</t>
+  </si>
+  <si>
+    <t>Umba Kyangwe</t>
+  </si>
+  <si>
+    <t>Stedelijke onveiligheid: een vergelijkend onderzoek tussen Kolwezi en Lubumbashi</t>
+  </si>
+  <si>
+    <t>Urban insecurity: a comparative study of Kolwezi and Lubumbashi</t>
+  </si>
+  <si>
+    <t>Ruwadzano</t>
+  </si>
+  <si>
+    <t>Makumbe</t>
+  </si>
+  <si>
+    <t>De verdiensten en uitdagingen van Open-Source Intelligence (OSINT) binnen de bewijskrachtige regimes van de Internationale Mensenrechten in het ‘post-truth’ tijdperk</t>
+  </si>
+  <si>
+    <t>The merits and challenges of Open-Source Intelligence (OSINT) under the International Human Rights (IHR) Evidentiary Regime in the post-truth era</t>
+  </si>
+  <si>
+    <t>Liselot</t>
+  </si>
+  <si>
+    <t>Vandenberghe</t>
+  </si>
+  <si>
+    <t>Duurzaamheidsduediligence-plichten van ondernemingen in hun waardeketen: een algemene en sectorale juridische analyse vanuit compliance-perspectief</t>
+  </si>
+  <si>
+    <t>Sustainability due diligence in corporate value chains: a general and sectoral legal analysis from a compliance perspective</t>
+  </si>
+  <si>
+    <t>Hans</t>
+  </si>
+  <si>
+    <t>De Wulf</t>
+  </si>
+  <si>
+    <t>Marie</t>
+  </si>
+  <si>
+    <t>De Beul</t>
+  </si>
+  <si>
+    <t>De vrederechter als nabijheidsrechter: verleden, heden en toekomst</t>
+  </si>
+  <si>
+    <t>The Justice of the Peace as a Proximity Judge: Past, Present and Future</t>
+  </si>
+  <si>
+    <t>Georges</t>
+  </si>
+  <si>
+    <t>Martyn</t>
+  </si>
+  <si>
+    <t>Ahmed Mohammed</t>
+  </si>
+  <si>
+    <t>Abachebsa</t>
+  </si>
+  <si>
+    <t>Wildlife crime in Ethiopië: Een spatiotemporele analyse van stropersactiviteit in de nationale parken van Ethiopië en implicaties voor criminaliteitspreventie</t>
+  </si>
+  <si>
+    <t>Wildlife Crime in Ethiopia: A Spatiotemporal Analysis of Poaching Activity in Ethiopia’s National Parks and Implication for Crime Prevention</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Schoentjes</t>
+  </si>
+  <si>
+    <t>Intersectionaliteit in de rechtspraak van internationale mensenrechtenorganen</t>
+  </si>
+  <si>
+    <t>Intersectionality in international human rights adjudication</t>
+  </si>
+  <si>
+    <t>Lou</t>
+  </si>
+  <si>
+    <t>Vanbeselaere</t>
+  </si>
+  <si>
+    <t>De rol van het Hof van Justitie van de Europese Unie in strafzaken: het evenwicht tussen diversiteit in de lidstaten en de nood aan een meer effectieve interpretatie van de EU instrumenten</t>
+  </si>
+  <si>
+    <t>The role of the Court of Justice of the European Union in the field of criminal law: Balancing respect for the diversity among member state's criminal justice systems with the need for effective interpretation of EU instruments</t>
+  </si>
+  <si>
+    <t>Wendy</t>
+  </si>
+  <si>
+    <t>De Bondt</t>
+  </si>
+  <si>
+    <t>Waleed</t>
+  </si>
+  <si>
+    <t>Mahmoud</t>
+  </si>
+  <si>
+    <t>Internationaal recht en economische activiteiten in betwiste gebieden: de (vergeten) kwestie van de Westelijke Sahara</t>
+  </si>
+  <si>
+    <t>International law's implications for economic activities in areas of contested statehood: the (forgotten) case of the Western Sahara</t>
+  </si>
+  <si>
+    <t>Anže</t>
+  </si>
+  <si>
+    <t>Mediževec</t>
+  </si>
+  <si>
+    <t>Respect voor internationaal recht in het extern beleid van de EU: een vergelijking tussen de pre- en post-Lissabon benadering van de interpretatie en toepassing van internationaal recht zoals ontwikkeld in de rechtspraak van het Hof van Justitie van de Europese Unie</t>
+  </si>
+  <si>
+    <t>Respect for international law in EU external action: A comparison between pre- and post-Lisbon approaches to interpreting and applying international law as developed in the case law of the Court of Justice of the European Union</t>
+  </si>
+  <si>
+    <t>Yannick</t>
+  </si>
+  <si>
+    <t>Terryn</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>Marchau</t>
+  </si>
+  <si>
+    <t>Juridische vormgeving van het community land trust model als instrument voor betaalbaar wonen</t>
+  </si>
+  <si>
+    <t>Legal design of the community land trust model as an instrument for affordable housing</t>
+  </si>
+  <si>
+    <t>Joke</t>
+  </si>
+  <si>
+    <t>Baeck</t>
+  </si>
+  <si>
+    <t>Alastair James</t>
+  </si>
+  <si>
+    <t>Hannaford</t>
+  </si>
+  <si>
+    <t>Het gebruik van noodbevoegdheden om politieke en culturele rechten te beperken in het Noord-Ierland van de 20e eeuw</t>
+  </si>
+  <si>
+    <t>The Use of Emergency Powers to Restrict Political and Cultural Rights in 20th Century Northern Ireland</t>
+  </si>
+  <si>
+    <t>Antonia</t>
+  </si>
+  <si>
+    <t>Milzkott</t>
+  </si>
+  <si>
+    <t>De private veiligheidsindustrie en de Europese Unie: een analyse van lange-termijnontwikkelingen, beleid en regulering voorbij de natiestaat.</t>
+  </si>
+  <si>
+    <t>The private security industry and the European Union: a comprehensive analysis of long-term developments, policy and regulation beyond the nation-state.</t>
+  </si>
+  <si>
+    <t>Busra</t>
+  </si>
+  <si>
+    <t>Cebeci</t>
+  </si>
+  <si>
+    <t>Het documenteren van ontheemding: grassroots-rechtvaardigheid en door vluchtelingen geleide documentatiepraktijken in Turkije</t>
+  </si>
+  <si>
+    <t>Documenting Displacement: Grassroots Justice and Refugee-Led Documentation Practices in Türkiye</t>
+  </si>
+  <si>
+    <t>Magdalena Maria</t>
+  </si>
+  <si>
+    <t>Kogut-Czarkowska</t>
+  </si>
+  <si>
+    <t>Een juridische analyse van " federated networks" voor de uitwisseling van gezondheidsgegevens voor doeleinden van wetenschappelijk onderzoek onder GDPR, DGA en EHDS</t>
+  </si>
+  <si>
+    <t>Legal analysis of federated networks for sharing biomedical data for scientific research under the requirements of GDPR, DGA and EHDS</t>
+  </si>
+  <si>
+    <t>Roels</t>
+  </si>
+  <si>
+    <t>Niet mijn stijl?! – Rechtsbescherming voor stijlen</t>
+  </si>
+  <si>
+    <t>Not My Style?! – Legal Protection for Styles</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Geiregat</t>
+  </si>
+  <si>
+    <t>Stijn</t>
+  </si>
+  <si>
+    <t>Van Ruymbeke</t>
+  </si>
+  <si>
+    <t>Doctor in de rechten en in de toegepaste economische wetenschappen</t>
+  </si>
+  <si>
+    <t>Naomi</t>
+  </si>
+  <si>
+    <t>Theinert</t>
+  </si>
+  <si>
+    <t>Een studie naar de ethische aspecten van plaatsgebonden big data policing vanuit een socio-technisch perspectief</t>
+  </si>
+  <si>
+    <t>Exploring ethics in place-based big data policing from a socio-technical perspective</t>
+  </si>
+  <si>
+    <t>Emiel</t>
+  </si>
+  <si>
+    <t>De Poortere</t>
+  </si>
+  <si>
+    <t>De betekenis van het voorzorgsbeginsel in het bestuursrecht</t>
+  </si>
+  <si>
+    <t>The meaning of the precautionary principle in administrative law</t>
+  </si>
+  <si>
+    <t>Liesbeth</t>
+  </si>
+  <si>
+    <t>Todts</t>
+  </si>
+  <si>
+    <t>Xiya</t>
+  </si>
+  <si>
+    <t>Wang</t>
+  </si>
+  <si>
+    <t>De integratie van blockchain in de civiele rechtspleging: Uitdagingen en Opportuniteiten</t>
+  </si>
+  <si>
+    <t>The Integration of Blockchain into the Civil Litigation System: Challenges and Opportunities</t>
+  </si>
+  <si>
+    <t>Wannes</t>
+  </si>
+  <si>
+    <t>Vandenbussche</t>
+  </si>
+  <si>
+    <t>Amandine</t>
+  </si>
+  <si>
+    <t>Vanscheeuwijck</t>
+  </si>
+  <si>
+    <t>Strafbeleid, de staat, de burgermaatschappij en de markt: een studie naar de oorsprong, omvang en reikwijdte van de privatisering van de strafrechtsbedeling in België en Frankrijk.</t>
+  </si>
+  <si>
+    <t>Penal politics, the state, civil society and the market: examining the origin, scale and breadth of privatisation across the criminal justice systems in Belgium and France.</t>
+  </si>
+  <si>
+    <t>Salahadin Ali</t>
+  </si>
+  <si>
+    <t>Mohammed</t>
+  </si>
+  <si>
+    <t>Global Migration Justice: De jurisprudentie van de Afrikaanse Commissie en het Afrikaanse Hof voor de Rechten van de Mens en Volkeren</t>
+  </si>
+  <si>
+    <t>Global Migration Justice: The case law of the African Commission and Court of Human and People's Rights</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Spijkerboer</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Bockstaele</t>
+  </si>
+  <si>
+    <t>Evolutie, analyse en verdieping van verhoortechnieken</t>
+  </si>
+  <si>
+    <t>Evolution, analysis and deepening of interrogation techniques</t>
+  </si>
+  <si>
+    <t>Woldegebriel Dagne</t>
+  </si>
+  <si>
+    <t>Admasu</t>
+  </si>
+  <si>
+    <t>Het recht van vluchtelingen om te werken: de situatie van urbane vluchtelingen in Ethiopië</t>
+  </si>
+  <si>
+    <t>Refugees’ right to work: the case of urban refugees in Ethiopia</t>
+  </si>
+  <si>
+    <t>Vera</t>
+  </si>
+  <si>
+    <t>Wriedt</t>
+  </si>
+  <si>
+    <t>Kolonialisme, nationaliteit en uitzettingen in de Europese en Afrikaanse systemen voor de bescherming van de mensenrechten</t>
+  </si>
+  <si>
+    <t>Colonialism, Nationality and Expulsions in the European and African Systems of Human Rights Protection</t>
+  </si>
+  <si>
+    <t>Cedric</t>
+  </si>
+  <si>
+    <t>De Koker</t>
+  </si>
+  <si>
+    <t>Ruslan</t>
+  </si>
+  <si>
+    <t>Mirzayev</t>
+  </si>
+  <si>
+    <t>Gedragsanalyse van besluitvorming in internationale arbitrage: cognitieve invloeden en heuristieken</t>
+  </si>
+  <si>
+    <t>Behavioural Analysis of Decision-Making in International Arbitration: Cognitive Influences and Heuristics</t>
+  </si>
+  <si>
+    <t>McDonough Monroy</t>
+  </si>
+  <si>
+    <t>Nieuwe golf of storm in een glas water? Beoordeling van de meerwaarde van recente instrumenten en ontwikkelingen in het internationaal visserijrecht</t>
+  </si>
+  <si>
+    <t>New Wave or Tempest in a Teapot? Assessing the Added Value of Recent Instruments and Developments in International Fisheries Law</t>
+  </si>
+  <si>
+    <t>Grigorij</t>
+  </si>
+  <si>
+    <t>Tschernjawskyj</t>
+  </si>
+  <si>
+    <t>Tekeningen van Crisis: Noodtoestand als juridisch en artistiek Spook van het twintigste-eeuwse Duitsland</t>
+  </si>
+  <si>
+    <t>Drawings of Crisis: Emergency as legal and artistic Phantom of twentieth century Germany</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>Navez</t>
+  </si>
+  <si>
+    <t>Pierre-Thomas Nicolaï: van Luiks rechter tot universeel wetgever</t>
+  </si>
+  <si>
+    <t>Pierre-Thomas Nicolaï: from Liège judge to universal legislator</t>
+  </si>
+  <si>
+    <t>Dirk</t>
+  </si>
+  <si>
+    <t>Heirbaut</t>
+  </si>
+  <si>
+    <t>Marlies</t>
+  </si>
+  <si>
+    <t>Vanhooren</t>
+  </si>
+  <si>
+    <t>Medicalisering van abortus, een stap naar gelijkwaardig burgerschap? Onderzoek naar de impact van een gezondheidsdiscours op groepen in kwetsbare situaties in Australië en Canada</t>
+  </si>
+  <si>
+    <t>Medicalization of abortion, a step to equal citizenship? Investigating the impact of a health discourse on groups in vulnerable situations in Australia and Canada</t>
+  </si>
+  <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>Haeck</t>
+  </si>
+  <si>
+    <t>Mathias</t>
+  </si>
+  <si>
+    <t>De aanpak van het crimineel bedrijfsproces achter het witwassen van gestolen en vervalste kunstvoorwerpen in België</t>
+  </si>
+  <si>
+    <t>Tackling the criminal business process behind the laundering of stolen and forged works of art in Belgium</t>
+  </si>
+  <si>
+    <t>Floris</t>
+  </si>
+  <si>
+    <t>Mertens</t>
+  </si>
+  <si>
+    <t>Het gebruik van artificiële intelligentie  bij besluitvorming bij raden van bestuur van vennootschappen: een juridische analyse</t>
+  </si>
+  <si>
+    <t>The use of artificial intelligence in corporate decision-making at board level: a legal analysis</t>
+  </si>
+  <si>
+    <t>Tengwen</t>
+  </si>
+  <si>
+    <t>Liang</t>
+  </si>
+  <si>
+    <t>Gedifferentieerd stemrecht in vennootschappen in Azië: op zoek naar een evenwicht tussen oprichters en minderheidsaandeelhouders</t>
+  </si>
+  <si>
+    <t>Dual class share structures in Asia: balancing the interest of founders and minority shareholders</t>
+  </si>
+  <si>
+    <t>Vercammen</t>
+  </si>
+  <si>
+    <t>Analyse van de impact van de politieke context op de uitvoering van dringende maatregelen in Ecuador en Peru</t>
+  </si>
+  <si>
+    <t>Understanding the impact of the political context in the implementation of Urgent Measures in Ecuador and Peru</t>
+  </si>
+  <si>
+    <t>Fikret</t>
+  </si>
+  <si>
+    <t>Demircivi</t>
+  </si>
+  <si>
+    <t>De victimologie van misdrijven begaan door de staat onder politieke repressie in Turkije</t>
+  </si>
+  <si>
+    <t>Victimology of state crimes under political repression in Turkey</t>
+  </si>
+  <si>
+    <t>Thijs</t>
+  </si>
+  <si>
+    <t>Hauspie</t>
+  </si>
+  <si>
+    <t>Publieke intimidatie in het nachtleven: de rol van nudge-theorie bij het aanmoedigen van
+omstanderinterventie.</t>
+  </si>
+  <si>
+    <t>Public harassment in nightlife: the role of nudge theory in encouraging bystander intervention.</t>
+  </si>
+  <si>
+    <t>Lien</t>
+  </si>
+  <si>
+    <t>Van Puyvelde</t>
+  </si>
+  <si>
+    <t>Van voorspelling naar legitimiteit: de implementatie van plaatsgebonden big data policing binnen de Europese politiepraktijk</t>
+  </si>
+  <si>
+    <t>From prediction to legitimacy: governing the implementation of place-based big data policing within the European law enforcement context</t>
+  </si>
+  <si>
+    <t>Dries</t>
+  </si>
+  <si>
+    <t>Ronsse</t>
+  </si>
+  <si>
+    <t>Spoedeisendheid. Heiligt het doel de middelen?</t>
+  </si>
+  <si>
+    <t>Urgency: does the end justify the means?</t>
+  </si>
+  <si>
+    <t>Ignace</t>
+  </si>
+  <si>
+    <t>Claeys</t>
+  </si>
+  <si>
+    <t>Elise</t>
+  </si>
+  <si>
+    <t>Dauw</t>
+  </si>
+  <si>
+    <t>Chiara</t>
+  </si>
+  <si>
+    <t>Logghe</t>
+  </si>
+  <si>
+    <t>De juridische functies van schadevergoedingen bij inbreuk op intellectuele eigendomsrechten</t>
+  </si>
+  <si>
+    <t>The Legal Functions of Damages for Intellectual Property Infringements</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Gardeyn</t>
+  </si>
+  <si>
+    <t>Taking the Long Way Home: The Belgian Practice Regarding Nazi Looted Art in a Comparative Legal-Historical Perspective (1933-2026)</t>
+  </si>
+  <si>
+    <t>De lange weg huiswaarts: het Belgische restitutiebeleid inzake Nazi-roofkunst in een historisch-rechtsvergelijkend perspectief (1933-2026)</t>
+  </si>
+  <si>
+    <t>Stolle</t>
+  </si>
+  <si>
+    <t>Een juridische analyse van online intimidatietactieken die milieuverdedigers het zwijgen willen opleggen</t>
+  </si>
+  <si>
+    <t>A legal analysis of online intimidation tactics that aim to silence environmental defenders</t>
+  </si>
+  <si>
+    <t>Lore</t>
+  </si>
+  <si>
+    <t>You too? No way! Verkrachtingsmythologie toegepast op geloofwaardigheidsbeoordelingen van verzoeken op grond van seksueel of gendergerelateerd geweld (SGG) in de Europese asielprocedure</t>
+  </si>
+  <si>
+    <t>You too? No way! Rape mythology applied to credibility assessments of applications based on sexual or gender-based violence in the European asylum procedure</t>
+  </si>
+  <si>
+    <t>Sigrid</t>
+  </si>
+  <si>
+    <t>Raets</t>
+  </si>
+  <si>
+    <t>Jelle</t>
+  </si>
+  <si>
+    <t>Janssens</t>
+  </si>
+  <si>
+    <t>Pfeiler</t>
+  </si>
+  <si>
+    <t>De impact van onbemande en autonome scheepvaart op het internationaal zeerecht: zachte golf of tsunami?</t>
+  </si>
+  <si>
+    <t>The impact of unmanned and autonomous shipping on the law of the sea: gentle wave or tsunami?</t>
+  </si>
+  <si>
+    <t>Shana</t>
+  </si>
+  <si>
+    <t>Vanderveken</t>
+  </si>
+  <si>
+    <t>Wilsbekwame minderjarigen in een vrijwillige residentiële setting: Hun ondersteuning bij het kennen en kunnen uitoefenen van hun rechten.</t>
+  </si>
+  <si>
+    <t>Competent minors in a voluntary residential setting: Supporting their knowledge of their rights. and being able to exercise them.</t>
+  </si>
+  <si>
+    <t>Victor</t>
+  </si>
+  <si>
+    <t>Godart</t>
+  </si>
+  <si>
+    <t>DE KWALIFICATIE VAN GEMENGDE OVEREENKOMSTEN DOOR DE RECHTER</t>
+  </si>
+  <si>
+    <t>Judicial qualification of mixed contracts</t>
+  </si>
+  <si>
+    <t>Maarten</t>
+  </si>
+  <si>
+    <t>Dambre</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Stundys</t>
+  </si>
+  <si>
+    <t>Regelgevende modellen betreffende de toewijzing van plichten en burgerlijke aansprakelijkheid in groepen van vennootschappen</t>
+  </si>
+  <si>
+    <t>REGULATORY MODELS CONCERNING THE ATTRIBUTION OF DUTIES AND CIVIL LIABILITY IN GROUPS OF COMPANIES</t>
+  </si>
+  <si>
+    <t>Juliet Angela</t>
+  </si>
+  <si>
+    <t>Nakabuye Musoke</t>
+  </si>
+  <si>
+    <t>Juridische antwoorden inzake landbeheer en milieudegradatie in de Albertine Graben Regio (Uganda): een analyse in het licht van het internationaal milieurecht</t>
+  </si>
+  <si>
+    <t>Legal Responses to Land Governance and Environmental Degradation in the Albertine Graben Region (Uganda): Analysis in light of  International Environmental Law</t>
+  </si>
+  <si>
+    <t>Hendrik</t>
+  </si>
+  <si>
+    <t>Schoukens</t>
+  </si>
+  <si>
+    <t>Anhelina</t>
+  </si>
+  <si>
+    <t>Andrieieva</t>
+  </si>
+  <si>
+    <t>De uitoefening van zakelijke zekerheidsrechten in grensoverschrijdende insolventieprocedures</t>
+  </si>
+  <si>
+    <t>The exercise of rights by secured creditors in cross-border insolvency proceedings</t>
+  </si>
+  <si>
+    <t>André Steffen</t>
+  </si>
+  <si>
+    <t>Berne</t>
+  </si>
+  <si>
+    <t>Hospitals and EU Competition Law: The Applicability of Article 101 to 106 TFEU and of the EU Merger Regulation to Hospitals</t>
+  </si>
+  <si>
+    <t>Claudia</t>
+  </si>
+  <si>
+    <t>Seitz</t>
+  </si>
+  <si>
+    <t>Ayse</t>
+  </si>
+  <si>
+    <t>Güdük</t>
+  </si>
+  <si>
+    <t>Family reunification of Turkish migrants in Belgium and the Netherlands: a comparative study of legal consciousness of Turkish migrants in light of evolving policies.</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>Byn</t>
+  </si>
+  <si>
+    <t>Normalisering van seksueel grensoverschrijdend gedrag op dating-apps: impact op en van seksuele scripts</t>
+  </si>
+  <si>
+    <t>Normalisation of sexual harassment on dating apps: impact on and of sexual scripts</t>
+  </si>
+  <si>
+    <t>Sinan</t>
+  </si>
+  <si>
+    <t>Vanden Eynde</t>
+  </si>
+  <si>
+    <t>Decentralised Finance</t>
+  </si>
+  <si>
+    <t>Michel</t>
+  </si>
+  <si>
+    <t>Tison</t>
+  </si>
+  <si>
+    <t>Marjolein</t>
+  </si>
+  <si>
+    <t>De Pau</t>
+  </si>
+  <si>
+    <t>Het overwegen van etniciteit in forensische geestelijke gezondheidszorg: Ervaringen van zorggebruikers uit migranten- en etnische minderheidsgroepen en hun zorgverleners</t>
+  </si>
+  <si>
+    <t>Considering ethnicity in forensic mental health care: Experiences of migrant and ethnic minority service users and their service providers</t>
+  </si>
+  <si>
+    <t>Leander</t>
+  </si>
+  <si>
+    <t>Van Driessche</t>
+  </si>
+  <si>
+    <t>Autonomie in het verticale familierecht</t>
+  </si>
+  <si>
+    <t>Autonomy in Vertical Family Law</t>
+  </si>
+  <si>
+    <t>Gerd</t>
+  </si>
+  <si>
+    <t>Verschelden</t>
+  </si>
+  <si>
+    <t>Can</t>
+  </si>
+  <si>
+    <t>Yavuz</t>
+  </si>
+  <si>
+    <t>Deepfake als een dual use-technologie: positieve impact en effecten maximaliseren, negatieve minimaliseren</t>
+  </si>
+  <si>
+    <t>Deepfake as a Dual-use Technology: Maximizing the Positives While Minimizing the Negatives of Deepfakes</t>
+  </si>
+  <si>
+    <t>Özgenur</t>
+  </si>
+  <si>
+    <t>Özyalçin Bïçici</t>
+  </si>
+  <si>
+    <t>Een analyse van de interne en externe wettelijke uitdagingen aangaande het EU Carbon Border Adjustment mechanisme (CBAM)</t>
+  </si>
+  <si>
+    <t>Analyzing Internal and External Legal Challenges and Risks of the EU Carbon Border Adjustment Mechanism</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laura Scholastika </t>
+  </si>
+  <si>
+    <t>Hildt</t>
+  </si>
+  <si>
+    <t>Strategische biodiversiteitsprocessen</t>
+  </si>
+  <si>
+    <t>Strategic biodiversity litigation</t>
+  </si>
+  <si>
+    <t>Lana</t>
+  </si>
+  <si>
+    <t>De Pelecijn</t>
+  </si>
+  <si>
+    <t>One for all, all for one? A research into the steps towards violent radicalization: what it takes to make costly sacrifices.</t>
+  </si>
+  <si>
+    <t>Botakoz</t>
+  </si>
+  <si>
+    <t>Kazbek</t>
+  </si>
+  <si>
+    <t>Dertig jaar post-Sovjet constitutionalisme: Tussen permanente noodtoestand en crisis van de rechtsstaat (1991-2022)</t>
+  </si>
+  <si>
+    <t>Thirty Years of post-Soviet Constitutionalism: Between  Permanent Emergency and the Crisis of the Rule of Law (1991-2022)</t>
+  </si>
+  <si>
+    <t>Felipe</t>
+  </si>
+  <si>
+    <t>Rodríguez Silvestre</t>
+  </si>
+  <si>
+    <t>Eén tegen allen; allen tegen één? Een kritische analyse van de Amerikaanse secundaire sancties en de reactie vanuit de internationale gemeenschap.</t>
+  </si>
+  <si>
+    <t>One against all, all against one? A critical analysis of the United States' secondary sanctions and the international community's response thereto.</t>
+  </si>
+  <si>
+    <t>Jarne</t>
+  </si>
+  <si>
+    <t>De Geyter</t>
+  </si>
+  <si>
+    <t>Rechtsbescherming in de EVA pijler van de EER: verenigbaar met de verbeterde status van fundamentele waarde nin de EU  post-Lissabon ?</t>
+  </si>
+  <si>
+    <t>“Judicial protection in the EFTA pillar of the EEA: Reconcilable with the enhanced status of fundamental rights in the EU post-Lisbon?</t>
+  </si>
+  <si>
+    <t>Inge</t>
+  </si>
+  <si>
+    <t>Govaere</t>
+  </si>
+  <si>
+    <t>Isabelle</t>
+  </si>
+  <si>
+    <t>Dupré</t>
+  </si>
+  <si>
+    <t>De financiering van hoven en rechtbanken en het recht op een onafhankelijke rechter in België</t>
+  </si>
+  <si>
+    <t>The financing of courts and tribunals and the right to an independent judge in Belgium</t>
+  </si>
+  <si>
+    <t>Sabien</t>
+  </si>
+  <si>
+    <t>Lust</t>
+  </si>
+  <si>
+    <t>Haentjens</t>
+  </si>
+  <si>
+    <t>Rasa</t>
+  </si>
+  <si>
+    <t>Dimova</t>
+  </si>
+  <si>
+    <t>Unresolved Regulation of Data Control Rights: Crying Out For Solutions</t>
+  </si>
+  <si>
+    <t>Onvoldoende uitgewerkte regelgeving voor rechten op de controle van data: dringende behoefte aan duidelijkheid</t>
+  </si>
+  <si>
+    <t>Shuying</t>
+  </si>
+  <si>
+    <t>Jiang</t>
+  </si>
+  <si>
+    <t>Versterking van de rol van platformexploitanten ter ondersteuning van het bestemmingsprincipe bij de heffing van btw op grensoverschrijdende leveringen van goederen en diensten aan consumenten onder de Chinese wetgeving</t>
+  </si>
+  <si>
+    <t>Enhancing the Involvement of Intermediate Platforms to Support the Destination Principle in Value-added Tax on Cross-border Business-to-consumer Supplies of Services and Goods within the Chinese Legal Framework</t>
+  </si>
+  <si>
+    <t>Kaat</t>
+  </si>
+  <si>
+    <t>Overmeire</t>
+  </si>
+  <si>
+    <t>Grensoverschrijdende plaatsing van kinderen in alternatieve zorg: een kinderrechtenanalyse</t>
+  </si>
+  <si>
+    <t>Cross-border placement of children in alternative care: a children's rights analysis</t>
+  </si>
+  <si>
+    <t>Suay</t>
+  </si>
+  <si>
+    <t>Ergin</t>
+  </si>
+  <si>
+    <t>De digitale toegangspoort in perspectief: het recht om het internet (niet) te gebruiken bekeken door de lens van kwetsbaarheid</t>
+  </si>
+  <si>
+    <t>Reframing the digital gateway: the right (not) to use the internet through the lens of vulnerability</t>
+  </si>
+  <si>
+    <t>Lina</t>
+  </si>
+  <si>
+    <t>De Witte</t>
+  </si>
+  <si>
+    <t>Naar zero vervuiling: analyse vanuit juridisch perspectief</t>
+  </si>
+  <si>
+    <t>Towards Zero Pollution: Analysis From a Legal Perspective</t>
+  </si>
+  <si>
+    <t>Xianqi</t>
+  </si>
+  <si>
+    <t>Peng</t>
+  </si>
+  <si>
+    <t>Arbitreerbaarheid van geschillen die voortvloeien uit internationale publiek-private samenwerkingsovereenkomsten.</t>
+  </si>
+  <si>
+    <t>Arbitrability of disputes related to International Public-Private-Partnership Agreements.</t>
+  </si>
+  <si>
+    <t>Margot</t>
+  </si>
+  <si>
+    <t>Balcaen</t>
+  </si>
+  <si>
+    <t>Bevordering van drug monitoring in België : richting een multi-indicatorbenadering voor verbeterde en snellere informatiedistributie, betrokkenheid van stakeholders en besluitvorming op basis van bewijs?</t>
+  </si>
+  <si>
+    <t>Advancing drug monitoring in Belgium: towards a multi-indicator approach for enhanced and more rapid information distribution, stakeholder engagement and evidence-informed decision making?</t>
+  </si>
+  <si>
+    <t>Maxime</t>
+  </si>
+  <si>
+    <t>Dupan</t>
+  </si>
+  <si>
+    <t>Naar een optimale rechtspositie voor broers en zussen in België</t>
+  </si>
+  <si>
+    <t>Towards an optimization of the legal status of siblings in Belgium</t>
+  </si>
+  <si>
+    <t>Liesa</t>
+  </si>
+  <si>
+    <t>Keunen</t>
+  </si>
+  <si>
+    <t>Fiscaal onderzoek op "big data": op zoek naar de rechtmatigheid en grenzen in het kader van het verbod op "fishing expeditions"</t>
+  </si>
+  <si>
+    <t>Tax audits on "big data": exploring the legitimacy and limits in light of the prohibition of fishing expeditions</t>
+  </si>
+  <si>
+    <t>Khalfa</t>
+  </si>
+  <si>
+    <t>Een evaluatie van de effectiviteit van big data policing: een gerandomiseerde gecontroleerde studie</t>
+  </si>
+  <si>
+    <t>Evaluating the effectiveness of big data policing: a randomised controlled trial</t>
+  </si>
+  <si>
+    <t>Aruna</t>
+  </si>
+  <si>
+    <t>Audenaert</t>
+  </si>
+  <si>
+    <t>De inzet van artificiële intelligentie ter ondersteuning van de kamers voor ondernemingen in moeilijkheden</t>
+  </si>
+  <si>
+    <t>The use of artificial intelligence to support the chambers for companies in difficulty</t>
+  </si>
+  <si>
+    <t>Geeroms</t>
+  </si>
+  <si>
+    <t>GREENWASHING BIJ DE COMMERCIALISERING VAN SPAAR- EN BELEGGINGSPRODUCTEN AAN RETAILINVESTEERDERS</t>
+  </si>
+  <si>
+    <t>GREENWASHING IN THE MARKETING OF SAVINGS AND INVESTMENT PRODUCTS TO RETAIL INVESTORS</t>
+  </si>
+  <si>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Maas</t>
+  </si>
+  <si>
+    <t>'Private investigations: not a public inquiry'. Een historisch criminologische studie naar naoorlogse ontwikkelingen in beleid, regulering en aard van de private opsporingssector in België (1945-2020).</t>
+  </si>
+  <si>
+    <t>'Private investigations: not a public inquiry': A historical criminological analysis of post-war developments in policy, regulation, and nature of the private investigation industry in Belgium (1945-2020)</t>
+  </si>
+  <si>
+    <t>Julie Dara</t>
+  </si>
+  <si>
+    <t>Wartell</t>
+  </si>
+  <si>
+    <t>Omgevingscriminologie en criminaliteitspreventie, het toepassen van theorie op praktijk</t>
+  </si>
+  <si>
+    <t>Environmental criminology and crime reduction, applying theory to practice</t>
+  </si>
+  <si>
+    <t>Femke</t>
+  </si>
+  <si>
+    <t>Lenjou</t>
+  </si>
+  <si>
+    <t>"Private investigations: not a public inquiry" Een historisch criminologische studie naar naoorlogse ontwikkelingen in beleid, regulering en aard van de private opsporingssector in België (1945-2020)</t>
+  </si>
+  <si>
+    <t>"Private investigations: not a public inquiry" A historical criminological analysis of post-war developments in policy, regulation, and nature of the private investigation industry in Belgium (1945-2020)</t>
+  </si>
+  <si>
+    <t>Nele</t>
+  </si>
+  <si>
+    <t>Schuldt</t>
+  </si>
+  <si>
+    <t>Bewijsvoering in geschillen over mensenrechten gerelateerd aan klimaatwijziging en milieuschade</t>
+  </si>
+  <si>
+    <t>Evidence in Human Rights Litigation related to Climate Change and Environmental Damage</t>
+  </si>
+  <si>
+    <t>Cantraine</t>
+  </si>
+  <si>
+    <t>The Role of the EU in Upholding the European Rule of Law – A Cross-sectional Analysis of External EU Financial Mechanisms</t>
+  </si>
+  <si>
+    <t>Ting</t>
+  </si>
+  <si>
+    <t>Long</t>
+  </si>
+  <si>
+    <t>Een vergelijkende analyse van de bescherming van de werknemers in insolventieprocedures: Chinese en Europese perspectieven</t>
+  </si>
+  <si>
+    <t>A Comparative Analysis of Legal Protection for Employees in Insolvency Liquidation Proceedings: Chinese and European Perspectives</t>
+  </si>
+  <si>
+    <t>Angelo Vasco</t>
+  </si>
+  <si>
+    <t>Matusse</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Rouvroy</t>
+  </si>
+  <si>
+    <t>Rechtsleer ernstig nemen: een sociologische verkenning van de rol van rechtsgeleerden bij rechtsvorming in het Belgische verbintenissenrecht</t>
+  </si>
+  <si>
+    <t>Taking legal doctrine seriously: a sociological exploration of the role of legal scholars in shaping the Belgian law of obligations</t>
+  </si>
+  <si>
+    <t>Peeraer</t>
+  </si>
+  <si>
+    <t>Nena</t>
+  </si>
+  <si>
+    <t>Decoster</t>
+  </si>
+  <si>
+    <t>De strijd tegen CSAM: op weg naar surveillancekapitalisme?</t>
+  </si>
+  <si>
+    <t>The fight against CSAM: heading towards surveillance capitalism?</t>
+  </si>
+  <si>
+    <t>Jasmine</t>
+  </si>
+  <si>
+    <t>Madjlessi</t>
+  </si>
+  <si>
+    <t>Neutralisatie, ontkenning en schuld van het slachtoffer: de drie mechanismen die de impact van gendernormen op percepties van seksuele agressie tussen vrouwen en mannen mediëren</t>
+  </si>
+  <si>
+    <t>Neutralization, denial, and victim blame: The three mechanisms that mediate the impact of gender norms on perceptions of female-on-male sexual aggression</t>
+  </si>
+  <si>
+    <t>Celien</t>
+  </si>
+  <si>
+    <t>De Stercke</t>
+  </si>
+  <si>
+    <t>Het Nieuwe Wilde Westen? Huurlingen in de Cyberwereld en het Beheer van de Veiligheid</t>
+  </si>
+  <si>
+    <t>The New Wild West? Soldiers of Fortune in Cyber Space and the Governance of Security</t>
+  </si>
+  <si>
+    <t>Arnout</t>
+  </si>
+  <si>
+    <t>Schelstraete</t>
+  </si>
+  <si>
+    <t>De opkomst van deelstatelijke bestuursrechtscolleges: uitdagingen voor de rechtsstaat</t>
+  </si>
+  <si>
+    <t>The rise of regional administrative courts: challenges for the rule of law</t>
+  </si>
+  <si>
+    <t>Toon</t>
+  </si>
+  <si>
+    <t>Moonen</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Bols</t>
+  </si>
+  <si>
+    <t>De (on)zichtbare genderdimensie van het EU beleid inzake externalisering van migratie: mannelijkheid, intersectionaliteit en kwetsbaarheid</t>
+  </si>
+  <si>
+    <t>The (in)visible gender dimension of the EU externalisation migration policy: masculinity, intersectionality and vulnerability</t>
+  </si>
+  <si>
+    <t>Cannoot</t>
+  </si>
+  <si>
+    <t>Niki</t>
+  </si>
+  <si>
+    <t>Leys</t>
+  </si>
+  <si>
+    <t>De bescherming van de informatiebron in de context van de luchtvaartveiligheid</t>
+  </si>
+  <si>
+    <t>Information source protection in the context of aviation safety</t>
+  </si>
+  <si>
+    <t>Antonio</t>
+  </si>
+  <si>
+    <t>Lomba Maurandi</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>De Caluwé</t>
+  </si>
+  <si>
+    <t>Jongeren betrokken binnen de georganiseerde drugscriminaliteit in België: een kwalitatief onderzoek naar hun profielen en criminele carrières</t>
+  </si>
+  <si>
+    <t>Youth involved in organised drug crime:  a qualitative study of their profile and criminal careers</t>
+  </si>
+  <si>
+    <t>Danilo</t>
+  </si>
+  <si>
+    <t>Ballotta</t>
+  </si>
+  <si>
+    <t>Genaro Andrés</t>
+  </si>
+  <si>
+    <t>Manrique Giacomán</t>
+  </si>
+  <si>
+    <t>Het bewijsregime van het Inter-Amerikaans Hof voor Mensenrechten.</t>
+  </si>
+  <si>
+    <t>The Inter-American Court of Human Rights' evidence regime</t>
+  </si>
+  <si>
+    <t>Lissa</t>
+  </si>
+  <si>
+    <t>Nissen</t>
+  </si>
+  <si>
+    <t>De impact van functionele decentralisatie op de rechtspositie van het personeel in rechtsvergelijkend perspectief</t>
+  </si>
+  <si>
+    <t>The impact of functional decentralisation on the legal status of staff in comparative perspective</t>
+  </si>
+  <si>
+    <t>Alexander</t>
+  </si>
+  <si>
+    <t>De Becker</t>
+  </si>
+  <si>
+    <t>Ariana</t>
+  </si>
+  <si>
+    <t>Bravo Matamoros</t>
+  </si>
+  <si>
+    <t>A behavioral analysis of corruption tolerance in the Ecuadorean education sector</t>
+  </si>
+  <si>
+    <t>Een gedragsanalyse van corruptietolerantie in de onderwijssector in Ecuador</t>
+  </si>
+  <si>
+    <t>Dylan</t>
+  </si>
+  <si>
+    <t>Couck</t>
   </si>
   <si>
     <t>Vrijheid van inrichting van Vlaamse hogeronderwijsinstellingen</t>
   </si>
   <si>
-    <t>Jeroen Huisman (fac. PS)</t>
-[...182 lines deleted...]
-    <t>TORRES GÓMEZ Mario Andrés</t>
+    <t>The organisational freedom of Flemish higher education institutions</t>
+  </si>
+  <si>
+    <t>Nina Valerie</t>
+  </si>
+  <si>
+    <t>Kolowratnik-Pointl</t>
+  </si>
+  <si>
+    <t>Indigenous knowledge in the human rights’ evidentiary regime: Access to justice and knowledge representation dilemmas</t>
+  </si>
+  <si>
+    <t>Inheemse kennis in het mensenrechtelijke bewijsregime: toegang tot gerechtigheid en dilemma's van kennisrepresentatie</t>
+  </si>
+  <si>
+    <t>Marie-Benedicte</t>
+  </si>
+  <si>
+    <t>Dembour</t>
+  </si>
+  <si>
+    <t>Deimante</t>
+  </si>
+  <si>
+    <t>Rimkute</t>
+  </si>
+  <si>
+    <t>Rechtvaardiging van AI-gerelateerde rechten en plichten binnen de EU</t>
+  </si>
+  <si>
+    <t>Justification of AI-Related Rights and Obligations Within the EU</t>
+  </si>
+  <si>
+    <t>Kasande</t>
+  </si>
+  <si>
+    <t>Formele kaders en grassroots-praktijken zorgen ervoor dat overgangsjustitie beter aansluit bij lokale behoeften door lokale documentatie en justitiële inspanningen centraal te stellen</t>
+  </si>
+  <si>
+    <t>Formal Frameworks and Grassroots Practice Making Transitional Justice More Responsive to Local Needs by Centering Local Documentation and Justice Efforts</t>
+  </si>
+  <si>
+    <t>Een Juridische Analyse van de Relaties tussen de Europese Unie en de Associatie van Zuidoost-Aziatische Naties in het van het 2020 Strategisch Partnerschap</t>
+  </si>
+  <si>
+    <t>Zeger</t>
+  </si>
+  <si>
+    <t>Vannieuwenhuyze</t>
+  </si>
+  <si>
+    <t>Op zoek naar de harde juridische grenzen van de verplichtingen van ondernemingen op vlak van sociale duurzaamheid ten aanzien van externe arbeidskrachten die actief zijn in hun waardeketen
+Een juridische analyse van de sociale dimensie van de CSDDD-zorgvuldigheidsplicht en de aangrenzende Belgische en Vlaamse sociaalrechtelijke regelgeving</t>
+  </si>
+  <si>
+    <t>In search of the hard legal limits of companies' social sustainability obligations towards external workers active in their value chain
+A legal analysis of the social dimension of the CSDD due diligence and corresponding Belgian and Flemish social law regulations</t>
+  </si>
+  <si>
+    <t>Jorens</t>
+  </si>
+  <si>
+    <t>Cyrine</t>
+  </si>
+  <si>
+    <t>M'Sadek</t>
+  </si>
+  <si>
+    <t>De rechtspositie van personen met een psychiatrische aandoening die een misdrijf plegen</t>
+  </si>
+  <si>
+    <t>The legal position of persons with a psychiatric disorder who offend</t>
+  </si>
+  <si>
+    <t>Raoul</t>
+  </si>
+  <si>
+    <t>Rombouts</t>
+  </si>
+  <si>
+    <t>Passieve omstaander of actieve bondgenoot? De relatie tussen omstaanders en het recht in arbeidsdiscriminatie</t>
+  </si>
+  <si>
+    <t>Passive bystander or active ally? The relationship between bystanders and the law in employment discrimination</t>
+  </si>
+  <si>
+    <t>Georgios</t>
+  </si>
+  <si>
+    <t>Serghides</t>
+  </si>
+  <si>
+    <t>De interactie tussen de verschillende waarborgen binnen artikel 6 EVRM</t>
+  </si>
+  <si>
+    <t>The Interplay between the Different Guarantees within Article 6 of the European Convention on Human Rights and between certain Guarantees and Other Human Rights or State Interests - Exploring the Question of Hierarchies of Guarantees especially in Light of Overall Fairness Considerations and the Principle of Effectiveness</t>
+  </si>
+  <si>
+    <t>Jef</t>
+  </si>
+  <si>
+    <t>Gerets</t>
+  </si>
+  <si>
+    <t>Waarom haatspraak niet zonder haat kan: naar een nieuw filosofisch denkkader</t>
+  </si>
+  <si>
+    <t>Reclaiming Hate in Hate Speech: Toward a Philosophical Framework for Definition and Regulation</t>
+  </si>
+  <si>
+    <t>Verplaetse</t>
+  </si>
+  <si>
+    <t>Paulien</t>
+  </si>
+  <si>
+    <t>Wymeersch</t>
+  </si>
+  <si>
+    <t>Eigendom van AI en door AI gegenereerde output</t>
+  </si>
+  <si>
+    <t>Ownership of AI and AI-generated output</t>
+  </si>
+  <si>
+    <t>Truc Hanh</t>
+  </si>
+  <si>
+    <t>Vu</t>
+  </si>
+  <si>
+    <t>Kolonialisme en noodbestuur in Vietnam: Een juridisch historisch perspectief</t>
+  </si>
+  <si>
+    <t>Colonialism and Emergency Governance in Vietnam: A Legal Historical Perspective</t>
+  </si>
+  <si>
+    <t>Mihai-Claudiu</t>
+  </si>
+  <si>
+    <t>Dragomirescu</t>
+  </si>
+  <si>
+    <t>De internationale connectie: beperking van rechten in Roemenië door noodmaatregelen 1920-2020</t>
+  </si>
+  <si>
+    <t>The international connection: limiting rights in Romania through emergency measures 1920-2020</t>
+  </si>
+  <si>
+    <t>Adriana</t>
+  </si>
+  <si>
+    <t>Pérez Niklitschek</t>
+  </si>
+  <si>
+    <t>Yuren</t>
+  </si>
+  <si>
+    <t>Cui</t>
+  </si>
+  <si>
+    <t>De Chinese benadering van uitgaande investeringen onder toepassing van het internationaal investeringsrecht</t>
+  </si>
+  <si>
+    <t>Chinese Practices of Outbound Investment Under International Investment Law</t>
+  </si>
+  <si>
+    <t>Van Pée</t>
+  </si>
+  <si>
+    <t>Neuroreading en -manipulatie in de metaverse: volstaat het digitale regelgevingskader van de EU in het licht van de opkomende uitdagingen?</t>
+  </si>
+  <si>
+    <t>Neuroreading and -manipulation in the metaverse: is the EU Digital Regulatory Framework sufficient in light of the emerging challenges?</t>
+  </si>
+  <si>
+    <t>Laurien</t>
+  </si>
+  <si>
+    <t>Beelaert</t>
+  </si>
+  <si>
+    <t>Family Beyond Law: Een evaluatie van de actuele relevantie van de fundamenten van het Belgisch erfrecht in het licht van verander(en)de gezinsvormen</t>
+  </si>
+  <si>
+    <t>Family Beyond Law: An evaluation of the current relevance of the fundamentals of Belgian inheritance law in light of changing family structures</t>
+  </si>
+  <si>
+    <t>Flore</t>
+  </si>
+  <si>
+    <t>Claus</t>
+  </si>
+  <si>
+    <t>Lang zullen we leren: Een zoektocht naar de juridische omkadering van (het recht op) levenslang leren en opleidingsdeelname voor de beroepsactieve bevolking in Vlaanderen.</t>
+  </si>
+  <si>
+    <t>Long will they learn. An analysis of the legal framework embedding the (right to) lifelong learning and to educational participation of the active workforce in Flanders</t>
+  </si>
+  <si>
+    <t>Inger</t>
+  </si>
+  <si>
+    <t>De Wilde</t>
+  </si>
+  <si>
+    <t>Kirill</t>
+  </si>
+  <si>
+    <t>Olmezov</t>
+  </si>
+  <si>
+    <t>Russische strafrechtelijke en bestuurlijke wetgeving die mensenrechten beperkt (2011-2023): een kritische discoursanalyse</t>
+  </si>
+  <si>
+    <t>Russian criminal and administrative legislation restricting human rights (2011-2023): a critical discourse analysis</t>
+  </si>
+  <si>
+    <t>Ana Luz</t>
+  </si>
+  <si>
+    <t>Manzano Ortiz</t>
+  </si>
+  <si>
+    <t>Global Migration Justice: De jurisprudentie van de Interamerikaanse Commissie en het Interamerikaanse Hof voor de Rechten van de Mens</t>
+  </si>
+  <si>
+    <t>Global Migration Justice: The case law of the Inter-American Commission and Court of Human Rights</t>
+  </si>
+  <si>
+    <t>Anna Karolina</t>
+  </si>
+  <si>
+    <t>Chimiak</t>
+  </si>
+  <si>
+    <t>Innovatie en documentatie: het paradigma van overgangsjustitie vanaf de basis reconstrueren. Casestudy van Mexico</t>
+  </si>
+  <si>
+    <t>Innovation and Documentation: Reconstructing the Paradigm of Transitional Justice from the Ground Up. Case study of Mexico</t>
+  </si>
+  <si>
+    <t>Céline</t>
+  </si>
+  <si>
+    <t>Blomme</t>
+  </si>
+  <si>
+    <t>Naar een nieuw evenwicht tussen flexibiliteit en bescherming in het giftenrecht</t>
+  </si>
+  <si>
+    <t>Towards a new balance between flexibility and protection in the law of donations and wills</t>
+  </si>
+  <si>
+    <t>Sicheng</t>
+  </si>
+  <si>
+    <t>Wu</t>
+  </si>
+  <si>
+    <t>Ecologische herstelverplichtingen voor internationale stroombekkens</t>
+  </si>
+  <si>
+    <t>Ecological restoration obligations for international river basins</t>
+  </si>
+  <si>
+    <t>Publieke intimidatie in het nachtleven: de rol van nudge-theorie bij het aanmoedigen van omstanderinterventie.</t>
+  </si>
+  <si>
+    <t>Public harrassment in nightlife: the role of nudge theory in encouraging bystander intervention.</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Rossini Martins</t>
+  </si>
+  <si>
+    <t>Het snijvlak tussen klimaatverandering, ecocide en overgangsrechtspraak, met specifieke aandacht voor het ontbreken van overgangsrechtspraak in de lange geschiedenis van milieu- en sociale schade in Latijns-Amerika</t>
+  </si>
+  <si>
+    <t>The intersection between climate change, ecocide, and transitional justice, with a specific focus on the absence of transitional justice in Latin America's long history of environmental and social harm</t>
+  </si>
+  <si>
+    <t>Astrid</t>
+  </si>
+  <si>
+    <t>Dossche</t>
+  </si>
+  <si>
+    <t>De aanbodzijde van drugs in detentie: smokkelroutes, drugsmarkten en controlemaatregelen</t>
+  </si>
+  <si>
+    <t>The supply side of drugs in prison: smuggling routes, drug markets, and control measures</t>
+  </si>
+  <si>
+    <t>Favril</t>
+  </si>
+  <si>
+    <t>Bekim</t>
+  </si>
+  <si>
+    <t>Collaku</t>
+  </si>
+  <si>
+    <t>De EU en het beheer via structureel buitenlands beleid: De casus van de Kosovaarse veiligheidsarchitectuur</t>
+  </si>
+  <si>
+    <t>The EU and governing through structural foreign policy: The case of Kosovo’s security architecture</t>
+  </si>
+  <si>
+    <t>Ludovic</t>
+  </si>
+  <si>
+    <t>De Vocht</t>
+  </si>
+  <si>
+    <t>De online aanwezigheid van de politie organisatie en de zelflegitimiteit van politieambtenaren</t>
+  </si>
+  <si>
+    <t>The online presence of the police organization and self-legitimacy of police officers</t>
+  </si>
+  <si>
+    <t>Espérant</t>
+  </si>
+  <si>
+    <t>Mwishamali Lukobo</t>
+  </si>
+  <si>
+    <t>Nodaal beheer en coöperatives als nieuwe veiligheidsactoren in Haut-Katanga in de Democratische
+Republiek van Congo</t>
+  </si>
+  <si>
+    <t>Nodal governance &amp; cooperatives as new security actors in Haut-Katanga Province in the Democratic
+Republic of Congo</t>
+  </si>
+  <si>
+    <t>Dayle Layton</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>A forensic intelligence and network theory approach to study serial co-offending networks</t>
+  </si>
+  <si>
+    <t>Een forensische inlichtingen- en netwerktheoretische benadering om netwerken van veelplegers en mededaders te bestuderen</t>
+  </si>
+  <si>
+    <t>Mario Andrés</t>
+  </si>
+  <si>
+    <t>Torres Gómez</t>
+  </si>
+  <si>
+    <t>Autoritarisme, internationaal recht en de transnationale rechtsorde van misdaadcontrole in Latijns-Amerika, met een case study in Venezuela, Brazilië en Colombia</t>
   </si>
   <si>
     <t>Authoritarianism, international law and the transnational legal order of crime control in Latin-America, with a case study in Venezuela, Brazil and Colombia</t>
   </si>
   <si>
-    <t xml:space="preserve">Clara Burbano Herrera </t>
-[...233 lines deleted...]
-    <t>GOORMANS Isabo</t>
+    <t>Klymentiev</t>
+  </si>
+  <si>
+    <t>Interdependencies of Serial and Co-Offending Networks in Space and Time</t>
+  </si>
+  <si>
+    <t>Het verband tussen netwerken van veelplegers en mededaders in tijd en ruimte</t>
+  </si>
+  <si>
+    <t>Nijs</t>
+  </si>
+  <si>
+    <t>De 'fog of law'? Een analyse van de kennisstandaard bij het voeren der vijandelijkheden onder het oorlogsrecht</t>
+  </si>
+  <si>
+    <t>Lifting the ‘fog of law’: A Clarification of the knowledge standard under the law of targeting</t>
+  </si>
+  <si>
+    <t>Ruys</t>
+  </si>
+  <si>
+    <t>Angie</t>
+  </si>
+  <si>
+    <t>Clocheret</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Delanote</t>
+  </si>
+  <si>
+    <t>Wilmar German</t>
+  </si>
+  <si>
+    <t>Parra Gallego</t>
+  </si>
+  <si>
+    <t>Analyse van de impact van dringende maatregelen in Colombia, Guatemala, and El Salvador</t>
+  </si>
+  <si>
+    <t>Understanding the impact  of Urgent Measures in Colombia, Nicaragua and El Salvador</t>
+  </si>
+  <si>
+    <t>Linde</t>
+  </si>
+  <si>
+    <t>Continuïteit van verslavingszorg na detentie</t>
+  </si>
+  <si>
+    <t>Continuity of addiction care after imprisonment</t>
+  </si>
+  <si>
+    <t>Amelie</t>
+  </si>
+  <si>
+    <t>De Groote</t>
+  </si>
+  <si>
+    <t>Prejudiciële vragen aan het Grondwettelijk Hof: de werking van antwoordarresten in de rechtspraak</t>
+  </si>
+  <si>
+    <t>Preliminary questions to the Constitutional Court: the effect of response judgments in the jurisprudence</t>
+  </si>
+  <si>
+    <t>Bellaert</t>
+  </si>
+  <si>
+    <t>Het EU-Agentschap voor rechtshandhavingssamenwerking in transitie: Voldoende tegengewichten voor de groeiende operationaliteit van Europol en zijn steeds verder uitbreidende activiteiten op het vlak van informatieuitwisseling, gegevensverwerking en intelligence?</t>
+  </si>
+  <si>
+    <t>The EU Agency for Law Enforcement Cooperation in transition: Sufficient counterbalances for Europol’s growing operationality and ever-expanding information exchange, data processing and intelligence activities?</t>
+  </si>
+  <si>
+    <t>Miguel</t>
+  </si>
+  <si>
+    <t>Ruiz Carnero</t>
+  </si>
+  <si>
+    <t>Het Spaanse samenwerkingsbeleid met Colombia in het kader van de derde generatie mensenrechten</t>
+  </si>
+  <si>
+    <t>Spain's Cooperation Policy with Colombia within the Framework of Human Rights of the Third Generation</t>
+  </si>
+  <si>
+    <t>Walraet</t>
+  </si>
+  <si>
+    <t>Naar een transparant klachtbeleid in de Belgische gezondheidszorg</t>
+  </si>
+  <si>
+    <t>Towards a transparant complaints policy in the Belgian healthcare system</t>
+  </si>
+  <si>
+    <t>Isabo</t>
+  </si>
+  <si>
+    <t>Goormans</t>
+  </si>
+  <si>
+    <t>Slachtoffers op het werk: Een crimineel event perspectief op de dynamieken onderliggend aan slachtofferschap van fysiek geweld tegen politieambtenaren</t>
   </si>
   <si>
     <t>Victims on the Job: A Criminal Event Perspective on the Dynamics Underlying Physical Violence Against Police Officers</t>
   </si>
   <si>
-    <t>Arjan Blokland (Universiteit Leiden)</t>
-[...782 lines deleted...]
-    <t>Vander Elst Anke</t>
+    <t>Albulena</t>
+  </si>
+  <si>
+    <t>Uka</t>
+  </si>
+  <si>
+    <t>The fundamental rights and rule of law in the European Union and Kosovo: Stakes and challenges.</t>
+  </si>
+  <si>
+    <t>Stephanie</t>
+  </si>
+  <si>
+    <t>Van De Walle</t>
+  </si>
+  <si>
+    <t>Spatiotemporele besluitvorming bij politieagenten: Waar en wanneer voeren politieagenten discrete patrouilleactiviteiten uit?</t>
+  </si>
+  <si>
+    <t>Spatiotemporalal decision-making in police officers: Where and when do police officers engage in discrete patrol activities?</t>
+  </si>
+  <si>
+    <t>Tronquo</t>
+  </si>
+  <si>
+    <t>Gezondheid in detentie: een participatief actieonderzoek</t>
+  </si>
+  <si>
+    <t>Health in detention: a participatory action research study</t>
+  </si>
+  <si>
+    <t>Meskens</t>
+  </si>
+  <si>
+    <t>Roel</t>
+  </si>
+  <si>
+    <t>Van den Bossche</t>
+  </si>
+  <si>
+    <t>Arbeid adelt, maar de adel arbeidt niet
+Een onderzoek naar de invulling van het begrip ‘Arbeid’ in de Sociale Zekerheid.</t>
+  </si>
+  <si>
+    <t>Labour nobles, but nobility does not work
+An investigation into the interpretation of the concept of ‘Labour’ in Social Security.</t>
+  </si>
+  <si>
+    <t>Argyro</t>
+  </si>
+  <si>
+    <t>Chatzinikolaou</t>
+  </si>
+  <si>
+    <t>Tamie</t>
+  </si>
+  <si>
+    <t>Wuytjens</t>
+  </si>
+  <si>
+    <t>Aard en omvang van (il)legaal middelengebruik onder leden van de Vlaamse Dovengemeenschap</t>
+  </si>
+  <si>
+    <t>Nature and extent of (il)legal substance use among members of the Flemish Deaf Community</t>
+  </si>
+  <si>
+    <t>Decorte</t>
+  </si>
+  <si>
+    <t>Ishita</t>
+  </si>
+  <si>
+    <t>Van oorzakelijkheid naar drempel: Ontwikkeling van een op het vluchtelingenrecht gebaseerd beleidsondersteuningssysteem voor klimaatmigratie, getoetst aan Afrikaanse casestudy’s</t>
+  </si>
+  <si>
+    <t>From Causation to Threshold: Developing a Refugee Law-Based Policy Support System for Climate Displacement, Tested Through African Case Studies</t>
+  </si>
+  <si>
+    <t>Zhonghua</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>Toepassing van het VN-Zeerechtverdrag om klimaatverandering aan te pakken: herinterpretatie en structurele harmonisatie</t>
+  </si>
+  <si>
+    <t>Applying UNCLOS to Address Climate Change: Reinterpretation and Systemic Harmonization</t>
+  </si>
+  <si>
+    <t>Florian</t>
+  </si>
+  <si>
+    <t>Stautemas Baele</t>
+  </si>
+  <si>
+    <t>Het subjectieve facet van de civielrechtelijke fout</t>
+  </si>
+  <si>
+    <t>The subjective facet of wrongs in tort law</t>
+  </si>
+  <si>
+    <t>Kruithof</t>
+  </si>
+  <si>
+    <t>Kerremans</t>
+  </si>
+  <si>
+    <t>Inheemse visies en praktijken inzake mensenrechten rekenschapsplichtheid: een case studie over olie geweld en ecoterritoriaal conflict in de Peruaanse Amazone</t>
+  </si>
+  <si>
+    <t>Indigenous notions and practices on human rights accountability:  a case study on oil violence and ecoterritorial conflict in the Peruvian Amazon</t>
+  </si>
+  <si>
+    <t>Claire</t>
+  </si>
+  <si>
+    <t>Poppelwell-Scevak</t>
+  </si>
+  <si>
+    <t>Anke</t>
+  </si>
+  <si>
+    <t>Vander Elst</t>
   </si>
   <si>
     <t>Verhaal van het OCMW op onderhoudsplichtige familieleden: evaluatie en optimalisatie</t>
   </si>
   <si>
-    <t>Tim Wuyts (Uhasselt)</t>
-[...821 lines deleted...]
-    <t>Academiejaar</t>
+    <t>Recovery of social welfare payments through family maintenance: evaluation and optimisation</t>
+  </si>
+  <si>
+    <t>Jolina</t>
+  </si>
+  <si>
+    <t>Raes</t>
+  </si>
+  <si>
+    <t>Het slachtoffer achter het scherm: Hoe de wisselwerking tussen individuele slachtofferkenmerken en het ontwerp van phishingscams de vatbaarheid voor phishing beïnvloedt</t>
+  </si>
+  <si>
+    <t>The victim behind the screen: How the interplay of individual victim characteristics and the design of phishing scams affect phishing susceptibility</t>
+  </si>
+  <si>
+    <t>Olusola Samuel</t>
+  </si>
+  <si>
+    <t>Adeyegbe</t>
+  </si>
+  <si>
+    <t>Regelgevende Oplossingen voor Plastic Verontreiniging in Nigeria: Inzichten vanuit het Internationaal Recht en Beste Praktijken</t>
+  </si>
+  <si>
+    <t>Regulatory Solutions to Plastic Pollution in Nigeria: Perspectives from Emerging International Norms and Best Practices</t>
+  </si>
+  <si>
+    <t>Voornaam/Name</t>
+  </si>
+  <si>
+    <t>Naam/Surname</t>
+  </si>
+  <si>
+    <t>doctoraat/PhD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Title PhD research doct. onderzoek </t>
+  </si>
+  <si>
+    <t>Promotor - PhD supervisor (admin) | naam - surname</t>
+  </si>
+  <si>
+    <t>Promotor - PhD supervisor (admin) | voornaam - name</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="3">
     <font>
-      <sz val="10"/>
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <name val="Arial"/>
+      <color rgb="FF000000"/>
+      <name val="SansSerif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Arial"/>
+      <name val="SansSerif"/>
       <family val="2"/>
     </font>
-    <font>
-[...29 lines deleted...]
-    </font>
   </fonts>
-  <fills count="7">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...28 lines deleted...]
-    </fill>
   </fills>
-  <borders count="16">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...189 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
-    </xf>
-[...253 lines deleted...]
-      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
-  <cellStyles count="5">
+  <cellStyles count="1">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
-    <cellStyle name="Standaard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
-[...2 lines deleted...]
-    <cellStyle name="Standaard 7" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
-  <dxfs count="17">
-[...613 lines deleted...]
-  </colors>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...25 lines deleted...]
-</table>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:N280"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A18CF06B-BCB6-4E1F-99A0-5A23BE7AF35D}">
+  <dimension ref="A1:G188"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" topLeftCell="A196" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B198" sqref="B198"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="27.28515625" style="6" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="4"/>
+    <col min="1" max="1" width="25" customWidth="1"/>
+    <col min="2" max="2" width="23.85546875" customWidth="1"/>
+    <col min="3" max="3" width="24.42578125" customWidth="1"/>
+    <col min="4" max="4" width="96.42578125" customWidth="1"/>
+    <col min="5" max="5" width="67.42578125" customWidth="1"/>
+    <col min="6" max="6" width="36" customWidth="1"/>
+    <col min="7" max="7" width="27.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="20" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="21" t="s">
+    <row r="1" spans="1:7" ht="25.5">
+      <c r="A1" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="22" t="s">
+      <c r="E1" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="D1" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E1" s="22" t="s">
+    </row>
+    <row r="3" spans="1:7" ht="38.25">
+      <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="22" t="s">
+      <c r="B3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="25.5">
+      <c r="A5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="25.5">
+      <c r="A6" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G1" s="22" t="s">
+      <c r="F6" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="H1" s="22" t="s">
+      <c r="G6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I1" s="22" t="s">
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="J1" s="22" t="s">
+      <c r="B7" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="K1" s="22" t="s">
+      <c r="C7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="4"/>
+      <c r="E7" s="4"/>
+      <c r="F7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" s="4"/>
+      <c r="G9" s="4"/>
+    </row>
+    <row r="10" spans="1:7" ht="25.5">
+      <c r="A10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="L1" s="22" t="s">
+      <c r="E10" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="25.5">
+      <c r="A12" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="25.5">
+      <c r="A13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="25.5">
+      <c r="A15" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="25.5">
+      <c r="A16" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="25.5">
+      <c r="A18" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="25.5">
+      <c r="A19" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="38.25">
+      <c r="A21" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="25.5">
+      <c r="A22" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F23" s="4"/>
+      <c r="G23" s="4"/>
+    </row>
+    <row r="24" spans="1:7" ht="25.5">
+      <c r="A24" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F25" s="4"/>
+      <c r="G25" s="4"/>
+    </row>
+    <row r="26" spans="1:7" ht="25.5">
+      <c r="A26" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="25.5">
+      <c r="A29" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="25.5">
+      <c r="A31" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="38.25">
+      <c r="A32" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="25.5">
+      <c r="A34" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="25.5">
+      <c r="A35" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="25.5">
+      <c r="A36" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="38.25">
+      <c r="A38" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="25.5">
+      <c r="A39" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="25.5">
+      <c r="A40" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="25.5">
+      <c r="A41" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="25.5">
+      <c r="A42" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" s="4"/>
+      <c r="E43" s="4"/>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="25.5">
+      <c r="A45" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="25.5">
+      <c r="A47" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="38.25">
+      <c r="A48" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="38.25">
+      <c r="A50" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D50" s="4"/>
+      <c r="E50" s="4"/>
+      <c r="F50" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="25.5">
+      <c r="A52" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="25.5">
+      <c r="A53" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="25.5">
+      <c r="A54" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="25.5">
+      <c r="A55" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="M1" s="23" t="s">
-[...2 lines deleted...]
-      <c r="N1" s="24" t="s">
+      <c r="E55" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="25.5">
+      <c r="A56" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F56" s="4"/>
+      <c r="G56" s="4"/>
+    </row>
+    <row r="57" spans="1:7" ht="38.25">
+      <c r="A57" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F58" s="4"/>
+      <c r="G58" s="4"/>
+    </row>
+    <row r="59" spans="1:7" ht="25.5">
+      <c r="A59" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" s="4"/>
+      <c r="E59" s="4"/>
+      <c r="F59" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="38.25">
+      <c r="A61" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="25.5">
+      <c r="A62" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="25.5">
+      <c r="A64" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="25.5">
+      <c r="A65" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="25.5">
+      <c r="A68" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F69" s="4"/>
+      <c r="G69" s="4"/>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="25.5">
+      <c r="A71" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" s="4"/>
+      <c r="E73" s="4"/>
+      <c r="F73" s="4"/>
+      <c r="G73" s="4"/>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D78" s="4"/>
+      <c r="E78" s="4"/>
+      <c r="F78" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="25.5">
+      <c r="A80" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F82" s="4"/>
+      <c r="G82" s="4"/>
+    </row>
+    <row r="83" spans="1:7" ht="25.5">
+      <c r="A83" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="25.5">
+      <c r="A84" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="25.5">
+      <c r="A85" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D85" s="4"/>
+      <c r="E85" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" s="4"/>
+      <c r="E86" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="25.5">
+      <c r="A87" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="25.5">
+      <c r="A88" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F89" s="4"/>
+      <c r="G89" s="4"/>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="38.25">
+      <c r="A91" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="25.5">
+      <c r="A92" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="25.5">
+      <c r="A93" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="38.25">
+      <c r="A94" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="25.5">
+      <c r="A95" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="38.25">
+      <c r="A97" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="25.5">
+      <c r="A98" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="25.5">
+      <c r="A100" s="2" t="s">
         <v>34</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D2" s="3" t="s">
+      <c r="B100" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" s="4"/>
+      <c r="E100" s="4"/>
+      <c r="F100" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="25.5">
+      <c r="A103" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="25.5">
+      <c r="A105" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F106" s="4"/>
+      <c r="G106" s="4"/>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="25.5">
+      <c r="A108" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F109" s="4"/>
+      <c r="G109" s="4"/>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F110" s="4"/>
+      <c r="G110" s="4"/>
+    </row>
+    <row r="111" spans="1:7" ht="25.5">
+      <c r="A111" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
+      <c r="A112" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
+      <c r="A113" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="F113" s="4"/>
+      <c r="G113" s="4"/>
+    </row>
+    <row r="114" spans="1:7" ht="25.5">
+      <c r="A114" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F115" s="4"/>
+      <c r="G115" s="4"/>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7">
+      <c r="A118" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="25.5">
+      <c r="A119" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D119" s="4"/>
+      <c r="E119" s="4"/>
+      <c r="F119" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
+      <c r="A120" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="25.5">
+      <c r="A121" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="25.5">
+      <c r="A122" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="25.5">
+      <c r="A123" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="25.5">
+      <c r="A124" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7">
+      <c r="A125" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7">
+      <c r="A126" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="25.5">
+      <c r="A127" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D127" s="4"/>
+      <c r="E127" s="4"/>
+      <c r="F127" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="25.5">
+      <c r="A128" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7">
+      <c r="A129" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D129" s="4"/>
+      <c r="E129" s="4"/>
+      <c r="F129" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="38.25">
+      <c r="A130" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="25.5">
+      <c r="A131" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="38.25">
+      <c r="A132" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7">
+      <c r="A133" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="F133" s="4"/>
+      <c r="G133" s="4"/>
+    </row>
+    <row r="134" spans="1:7" ht="38.25">
+      <c r="A134" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7">
+      <c r="A135" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="25.5">
+      <c r="A136" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7">
+      <c r="A137" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="25.5">
+      <c r="A138" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="25.5">
+      <c r="A139" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="25.5">
+      <c r="A140" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="25.5">
+      <c r="A141" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="25.5">
+      <c r="A142" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="25.5">
+      <c r="A143" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="25.5">
+      <c r="A144" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="25.5">
+      <c r="A145" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="38.25">
+      <c r="A146" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D146" s="4"/>
+      <c r="E146" s="4"/>
+      <c r="F146" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7">
+      <c r="A147" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="25.5">
+      <c r="A148" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7">
+      <c r="A149" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7">
+      <c r="A150" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7">
+      <c r="A151" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="25.5">
+      <c r="A152" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="25.5">
+      <c r="A153" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7">
+      <c r="A154" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7">
+      <c r="A155" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7">
+      <c r="A156" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F156" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="E2" s="3" t="s">
-[...23 lines deleted...]
-      <c r="A3" s="17" t="s">
+      <c r="G156" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="25.5">
+      <c r="A157" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7">
+      <c r="A158" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7">
+      <c r="A159" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="25.5">
+      <c r="A160" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="38.25">
+      <c r="A161" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="25.5">
+      <c r="A162" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="25.5">
+      <c r="A163" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="25.5">
+      <c r="A164" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7">
+      <c r="A165" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7">
+      <c r="A166" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D166" s="4"/>
+      <c r="E166" s="4"/>
+      <c r="F166" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="25.5">
+      <c r="A167" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D167" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7">
+      <c r="A168" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="B168" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D168" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="25.5">
+      <c r="A169" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="B169" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D169" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="25.5">
+      <c r="A170" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D170" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="25.5">
+      <c r="A171" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7">
+      <c r="A172" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="F172" s="4"/>
+      <c r="G172" s="4"/>
+    </row>
+    <row r="173" spans="1:7" ht="25.5">
+      <c r="A173" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="B173" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="F173" s="4"/>
+      <c r="G173" s="4"/>
+    </row>
+    <row r="174" spans="1:7">
+      <c r="A174" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="B174" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D174" s="4"/>
+      <c r="E174" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="25.5">
+      <c r="A175" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="25.5">
+      <c r="A176" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D176" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G176" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="17">
-[...5 lines deleted...]
-      <c r="D3" s="3" t="s">
+    </row>
+    <row r="177" spans="1:7">
+      <c r="A177" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D177" s="4"/>
+      <c r="E177" s="4"/>
+      <c r="F177" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="25.5">
+      <c r="A178" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D178" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="25.5">
+      <c r="A179" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" s="4"/>
+      <c r="E179" s="4"/>
+      <c r="F179" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7">
+      <c r="A180" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7">
+      <c r="A181" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D181" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7">
+      <c r="A182" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="25.5">
+      <c r="A183" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D183" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="25.5">
+      <c r="A184" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="25.5">
+      <c r="A185" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D185" s="4"/>
+      <c r="E185" s="4"/>
+      <c r="F185" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="25.5">
+      <c r="A186" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D186" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7">
+      <c r="A187" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="F187" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="3" t="s">
-[...2203 lines deleted...]
-      <c r="A67" s="17" t="s">
+      <c r="G187" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="25.5">
+      <c r="A188" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="F188" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="B67" s="17">
-[...8 lines deleted...]
-      <c r="E67" s="6" t="s">
+      <c r="G188" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...5631 lines deleted...]
-      <c r="N280" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
-[...11 lines deleted...]
-  </tableParts>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...13 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'Doctor-vb-vanaf 01-01-2011'!Afdruktitels</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>doctoraten in voorbereiding</dc:title>
-  <dc:creator>Faculteit Rechtsgeleerdheid</dc:creator>
+  <dc:creator>Arne Vandenbogaerde</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>